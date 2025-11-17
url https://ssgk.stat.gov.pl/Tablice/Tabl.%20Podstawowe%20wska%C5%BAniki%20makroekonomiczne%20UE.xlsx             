--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -1,70 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr codeName="Ten_skoroszyt"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\komorekj\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{79636441-AD08-41B2-8DFB-DA33CB922627}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19440" windowHeight="8835" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19440" windowHeight="8835"/>
   </bookViews>
   <sheets>
     <sheet name="Podstawowe wskaźniki " sheetId="24" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Podstawowe wskaźniki '!$A$1:$T$39</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="75">
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Podstawowe wskaźniki makroekonomiczne </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="13"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>–</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="13"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -357,109 +356,73 @@
   <si>
     <t>Słowacja</t>
   </si>
   <si>
     <t xml:space="preserve">Szwecja </t>
   </si>
   <si>
     <t xml:space="preserve">Węgry </t>
   </si>
   <si>
     <t>Włochy</t>
   </si>
   <si>
     <t xml:space="preserve">PKB </t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Słowenia</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>06</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t>2025</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>d</t>
     </r>
   </si>
   <si>
     <t>01-03</t>
   </si>
   <si>
     <t>04-06</t>
   </si>
   <si>
-    <t>07 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>07</t>
-  </si>
-[...28 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t>4,2</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>e</t>
     </r>
   </si>
   <si>
     <r>
       <t>-1,0</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
@@ -604,60 +567,54 @@
       <t>c Obejmuje sekcje: górnictwo i wydobywanie; przetwórstwo przemysłowe oraz wytwarzanie i zaopatrywanie w energię elektryczną, gaz, parę wodną i gorącą wodę.  d</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Dane wyrównane sezonowo oraz dniami roboczymi.  e  04–06 2024 r.  f  01–03 2025 r.  g  04–06 2025 r.</t>
     </r>
   </si>
   <si>
-    <t>01-07</t>
-[...1 lines deleted...]
-  <si>
     <t>08 2024</t>
   </si>
   <si>
     <t>08</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ź r ó d ł o: EUROSTAT – dane pobrano w dn. 18.09.2025 r.</t>
   </si>
   <si>
     <r>
       <t>-3,3</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>f</t>
     </r>
   </si>
   <si>
     <r>
       <t>-2,2</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
@@ -735,55 +692,112 @@
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>f</t>
     </r>
   </si>
   <si>
     <r>
       <t>1,7</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>g</t>
     </r>
   </si>
+  <si>
+    <t>01-08</t>
+  </si>
+  <si>
+    <t>09 2024</t>
+  </si>
+  <si>
+    <t>09</t>
+  </si>
+  <si>
+    <t>Ź r ó d ł o: EUROSTAT – dane pobrano w dn. 20.10.2025 r.</t>
+  </si>
+  <si>
+    <r>
+      <t>0,8</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>e</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>3,2</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>f</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>2,2</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>g</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="42">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Czcionka tekstu podstawowego"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="238"/>
@@ -1843,220 +1857,220 @@
     </xf>
     <xf numFmtId="164" fontId="28" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="28" fillId="2" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="28" fillId="3" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="28" fillId="4" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="28" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="24" fillId="3" borderId="24" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="24" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="28" fillId="3" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="28" fillId="3" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...64 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="49" fontId="28" fillId="3" borderId="25" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="23" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="34" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="26" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="46">
     <cellStyle name="20% — akcent 1" xfId="18" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% — akcent 2" xfId="22" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% — akcent 3" xfId="26" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% — akcent 4" xfId="30" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% — akcent 5" xfId="34" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% — akcent 6" xfId="38" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% — akcent 1" xfId="19" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% — akcent 2" xfId="23" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% — akcent 3" xfId="27" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% — akcent 4" xfId="31" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% — akcent 5" xfId="35" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% — akcent 6" xfId="39" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% — akcent 1" xfId="20" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% — akcent 2" xfId="24" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% — akcent 3" xfId="28" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% — akcent 4" xfId="32" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% — akcent 5" xfId="36" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% — akcent 6" xfId="40" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Akcent 1" xfId="17" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Akcent 2" xfId="21" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Akcent 3" xfId="25" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Akcent 4" xfId="29" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Akcent 5" xfId="33" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Akcent 6" xfId="37" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Dane wejściowe" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Dane wyjściowe" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Dobry" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Komórka połączona" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Komórka zaznaczona" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Nagłówek 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Nagłówek 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Nagłówek 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Nagłówek 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Neutralny" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
-    <cellStyle name="Normalny 2" xfId="43" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
-[...2 lines deleted...]
-    <cellStyle name="Normalny 5" xfId="45" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="Normalny 2" xfId="43"/>
+    <cellStyle name="Normalny 3" xfId="44"/>
+    <cellStyle name="Normalny 4" xfId="41"/>
+    <cellStyle name="Normalny 5" xfId="45"/>
     <cellStyle name="Obliczenia" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Suma" xfId="16" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Tekst objaśnienia" xfId="15" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Tekst ostrzeżenia" xfId="14" builtinId="11" customBuiltin="1"/>
     <cellStyle name="Tytuł" xfId="1" builtinId="15" customBuiltin="1"/>
-    <cellStyle name="Uwaga 2" xfId="42" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
+    <cellStyle name="Uwaga 2" xfId="42"/>
     <cellStyle name="Zły" xfId="7" builtinId="27" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFD9D9D9"/>
       <color rgb="FF4D4D4D"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -2304,2200 +2318,2200 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Arkusz1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:U39"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <selection activeCell="B7" sqref="B7"/>
+      <selection activeCell="A2" sqref="A2:A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="18.85546875" style="1" customWidth="1"/>
     <col min="2" max="3" width="7.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="7.7109375" style="1" customWidth="1"/>
     <col min="5" max="9" width="6.5703125" style="22" customWidth="1"/>
     <col min="10" max="17" width="6.5703125" style="1" customWidth="1"/>
     <col min="18" max="20" width="6.5703125" style="26" customWidth="1"/>
     <col min="21" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="16.5" customHeight="1" thickBot="1">
       <c r="A1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="24"/>
       <c r="S1" s="24"/>
       <c r="T1" s="24"/>
     </row>
     <row r="2" spans="1:21" s="2" customFormat="1" ht="26.1" customHeight="1">
-      <c r="A2" s="69" t="s">
+      <c r="A2" s="47" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="44" t="s">
+      <c r="B2" s="68" t="s">
         <v>43</v>
       </c>
-      <c r="C2" s="45"/>
-[...1 lines deleted...]
-      <c r="E2" s="48" t="s">
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="69" t="s">
         <v>10</v>
       </c>
-      <c r="F2" s="48"/>
-[...2 lines deleted...]
-      <c r="I2" s="53" t="s">
+      <c r="F2" s="69"/>
+      <c r="G2" s="69"/>
+      <c r="H2" s="69"/>
+      <c r="I2" s="72" t="s">
         <v>6</v>
       </c>
-      <c r="J2" s="54"/>
-[...1 lines deleted...]
-      <c r="L2" s="45" t="s">
+      <c r="J2" s="73"/>
+      <c r="K2" s="74"/>
+      <c r="L2" s="56" t="s">
         <v>7</v>
       </c>
-      <c r="M2" s="45"/>
-[...1 lines deleted...]
-      <c r="O2" s="45" t="s">
+      <c r="M2" s="56"/>
+      <c r="N2" s="56"/>
+      <c r="O2" s="56" t="s">
         <v>8</v>
       </c>
-      <c r="P2" s="45"/>
-[...1 lines deleted...]
-      <c r="R2" s="72" t="s">
+      <c r="P2" s="56"/>
+      <c r="Q2" s="56"/>
+      <c r="R2" s="50" t="s">
         <v>9</v>
       </c>
-      <c r="S2" s="72"/>
-      <c r="T2" s="73"/>
+      <c r="S2" s="50"/>
+      <c r="T2" s="51"/>
     </row>
     <row r="3" spans="1:21" s="2" customFormat="1" ht="26.1" customHeight="1">
-      <c r="A3" s="70"/>
-[...2 lines deleted...]
-      <c r="D3" s="47"/>
+      <c r="A3" s="48"/>
+      <c r="B3" s="55"/>
+      <c r="C3" s="57"/>
+      <c r="D3" s="57"/>
       <c r="E3" s="19" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="76" t="s">
+      <c r="G3" s="54" t="s">
         <v>11</v>
       </c>
-      <c r="H3" s="76"/>
-[...11 lines deleted...]
-      <c r="T3" s="75"/>
+      <c r="H3" s="54"/>
+      <c r="I3" s="75"/>
+      <c r="J3" s="76"/>
+      <c r="K3" s="77"/>
+      <c r="L3" s="57"/>
+      <c r="M3" s="57"/>
+      <c r="N3" s="57"/>
+      <c r="O3" s="57"/>
+      <c r="P3" s="57"/>
+      <c r="Q3" s="57"/>
+      <c r="R3" s="52"/>
+      <c r="S3" s="52"/>
+      <c r="T3" s="53"/>
       <c r="U3" s="29"/>
     </row>
     <row r="4" spans="1:21" s="2" customFormat="1" ht="26.1" customHeight="1">
-      <c r="A4" s="70"/>
-      <c r="B4" s="46">
+      <c r="A4" s="48"/>
+      <c r="B4" s="55">
         <v>2024</v>
       </c>
-      <c r="C4" s="59" t="s">
-[...3 lines deleted...]
-      <c r="E4" s="61" t="s">
+      <c r="C4" s="78" t="s">
+        <v>47</v>
+      </c>
+      <c r="D4" s="79"/>
+      <c r="E4" s="80" t="s">
         <v>46</v>
       </c>
-      <c r="F4" s="62"/>
-      <c r="G4" s="63"/>
+      <c r="F4" s="81"/>
+      <c r="G4" s="82"/>
       <c r="H4" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="I4" s="51" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="42" t="s">
+      <c r="I4" s="60" t="s">
+        <v>58</v>
+      </c>
+      <c r="J4" s="58" t="s">
         <v>46</v>
       </c>
-      <c r="K4" s="43"/>
-[...3 lines deleted...]
-      <c r="M4" s="42" t="s">
+      <c r="K4" s="67"/>
+      <c r="L4" s="60" t="s">
+        <v>69</v>
+      </c>
+      <c r="M4" s="58" t="s">
         <v>46</v>
       </c>
-      <c r="N4" s="43"/>
-[...3 lines deleted...]
-      <c r="P4" s="42" t="s">
+      <c r="N4" s="67"/>
+      <c r="O4" s="70" t="s">
+        <v>58</v>
+      </c>
+      <c r="P4" s="58" t="s">
         <v>46</v>
       </c>
-      <c r="Q4" s="43"/>
-[...3 lines deleted...]
-      <c r="S4" s="42" t="s">
+      <c r="Q4" s="67"/>
+      <c r="R4" s="60" t="s">
+        <v>58</v>
+      </c>
+      <c r="S4" s="58" t="s">
         <v>46</v>
       </c>
-      <c r="T4" s="77"/>
+      <c r="T4" s="59"/>
       <c r="U4" s="29"/>
     </row>
     <row r="5" spans="1:21" s="2" customFormat="1" ht="26.1" customHeight="1">
-      <c r="A5" s="70"/>
-      <c r="B5" s="46"/>
+      <c r="A5" s="48"/>
+      <c r="B5" s="55"/>
       <c r="C5" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" s="40" t="s">
         <v>49</v>
       </c>
-      <c r="D5" s="40" t="s">
+      <c r="E5" s="64" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" s="65"/>
+      <c r="G5" s="65"/>
+      <c r="H5" s="66"/>
+      <c r="I5" s="61"/>
+      <c r="J5" s="28" t="s">
         <v>50</v>
       </c>
-      <c r="E5" s="80" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="K5" s="28" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="L5" s="52"/>
+        <v>59</v>
+      </c>
+      <c r="L5" s="61"/>
       <c r="M5" s="30" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="N5" s="28" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="O5" s="50"/>
+        <v>70</v>
+      </c>
+      <c r="O5" s="71"/>
       <c r="P5" s="28" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="Q5" s="28" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="R5" s="52"/>
+        <v>59</v>
+      </c>
+      <c r="R5" s="61"/>
       <c r="S5" s="28" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="T5" s="41" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="U5" s="29"/>
     </row>
     <row r="6" spans="1:21" s="2" customFormat="1" ht="26.1" customHeight="1" thickBot="1">
-      <c r="A6" s="71"/>
-      <c r="B6" s="65" t="s">
+      <c r="A6" s="49"/>
+      <c r="B6" s="43" t="s">
         <v>12</v>
       </c>
-      <c r="C6" s="66"/>
-[...3 lines deleted...]
-      <c r="G6" s="67" t="s">
+      <c r="C6" s="44"/>
+      <c r="D6" s="44"/>
+      <c r="E6" s="44"/>
+      <c r="F6" s="44"/>
+      <c r="G6" s="45" t="s">
         <v>13</v>
       </c>
-      <c r="H6" s="67"/>
-      <c r="I6" s="68" t="s">
+      <c r="H6" s="45"/>
+      <c r="I6" s="46" t="s">
         <v>14</v>
       </c>
-      <c r="J6" s="78"/>
-[...1 lines deleted...]
-      <c r="L6" s="66" t="s">
+      <c r="J6" s="62"/>
+      <c r="K6" s="63"/>
+      <c r="L6" s="44" t="s">
         <v>12</v>
       </c>
-      <c r="M6" s="66"/>
-[...6 lines deleted...]
-      <c r="T6" s="68"/>
+      <c r="M6" s="44"/>
+      <c r="N6" s="44"/>
+      <c r="O6" s="44"/>
+      <c r="P6" s="44"/>
+      <c r="Q6" s="44"/>
+      <c r="R6" s="44"/>
+      <c r="S6" s="44"/>
+      <c r="T6" s="46"/>
     </row>
     <row r="7" spans="1:21" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="9">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C7" s="9">
         <v>1.7</v>
       </c>
       <c r="D7" s="9">
         <v>1.6</v>
       </c>
       <c r="E7" s="9" t="s">
         <v>0</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>0</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>0</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>0</v>
       </c>
       <c r="I7" s="9">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="J7" s="9">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="K7" s="9">
         <v>5.9</v>
       </c>
       <c r="L7" s="9">
-        <v>2.4</v>
+        <v>2.1</v>
       </c>
       <c r="M7" s="9">
         <v>2.4</v>
       </c>
       <c r="N7" s="9">
-        <v>2.4</v>
+        <v>2.6</v>
       </c>
       <c r="O7" s="9">
-        <v>-1.6</v>
+        <v>-0.5</v>
       </c>
       <c r="P7" s="9">
-        <v>1</v>
+        <v>1.9</v>
       </c>
       <c r="Q7" s="9">
-        <v>1.8</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="R7" s="9">
-        <v>-0.5</v>
+        <v>0.7</v>
       </c>
       <c r="S7" s="9">
-        <v>-0.3</v>
+        <v>0.9</v>
       </c>
       <c r="T7" s="9">
-        <v>0.6</v>
+        <v>-0.9</v>
       </c>
     </row>
     <row r="8" spans="1:21" s="2" customFormat="1" ht="14.25" customHeight="1">
       <c r="A8" s="6" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="14">
         <v>0.9</v>
       </c>
       <c r="C8" s="14">
         <v>1.6</v>
       </c>
       <c r="D8" s="14">
         <v>1.5</v>
       </c>
       <c r="E8" s="14" t="s">
         <v>0</v>
       </c>
       <c r="F8" s="14" t="s">
         <v>0</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>0</v>
       </c>
       <c r="H8" s="14" t="s">
         <v>0</v>
       </c>
       <c r="I8" s="14">
-        <v>6.4</v>
+        <v>6.3</v>
       </c>
       <c r="J8" s="14">
+        <v>6.2</v>
+      </c>
+      <c r="K8" s="14">
         <v>6.3</v>
       </c>
-      <c r="K8" s="14">
-[...1 lines deleted...]
-      </c>
       <c r="L8" s="14">
+        <v>1.7</v>
+      </c>
+      <c r="M8" s="14">
+        <v>2.1</v>
+      </c>
+      <c r="N8" s="14">
         <v>2.2000000000000002</v>
       </c>
-      <c r="M8" s="14">
+      <c r="O8" s="14">
+        <v>-0.8</v>
+      </c>
+      <c r="P8" s="14">
         <v>2</v>
       </c>
-      <c r="N8" s="14">
-[...7 lines deleted...]
-      </c>
       <c r="Q8" s="14">
-        <v>1.8</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="R8" s="14">
-        <v>-0.7</v>
+        <v>0.6</v>
       </c>
       <c r="S8" s="14">
-        <v>-0.7</v>
+        <v>0.5</v>
       </c>
       <c r="T8" s="14">
-        <v>0.5</v>
+        <v>-0.1</v>
       </c>
     </row>
     <row r="9" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A9" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="11">
+        <v>-0.7</v>
+      </c>
+      <c r="C9" s="11">
+        <v>0.4</v>
+      </c>
+      <c r="D9" s="11">
+        <v>0.5</v>
+      </c>
+      <c r="E9" s="11">
+        <v>-4.760463523794769</v>
+      </c>
+      <c r="F9" s="11">
+        <v>2.9205568712607146</v>
+      </c>
+      <c r="G9" s="11">
+        <v>-7.5031000000000008</v>
+      </c>
+      <c r="H9" s="11">
+        <v>2.5731999999999999</v>
+      </c>
+      <c r="I9" s="11">
+        <v>5.3</v>
+      </c>
+      <c r="J9" s="11">
+        <v>5.5</v>
+      </c>
+      <c r="K9" s="11">
+        <v>5.8</v>
+      </c>
+      <c r="L9" s="11">
+        <v>1.8</v>
+      </c>
+      <c r="M9" s="11">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="N9" s="11">
+        <v>3.9</v>
+      </c>
+      <c r="O9" s="11">
+        <v>-3.9</v>
+      </c>
+      <c r="P9" s="11">
+        <v>4</v>
+      </c>
+      <c r="Q9" s="11">
+        <v>0.3</v>
+      </c>
+      <c r="R9" s="11">
+        <v>-0.8</v>
+      </c>
+      <c r="S9" s="11">
+        <v>2</v>
+      </c>
+      <c r="T9" s="11">
         <v>-1</v>
-      </c>
-[...52 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A10" s="8" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="10">
-        <v>1</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="C10" s="10">
-        <v>1.1000000000000001</v>
+        <v>0.9</v>
       </c>
       <c r="D10" s="10">
         <v>1</v>
       </c>
       <c r="E10" s="10">
-        <v>1.7106684211983918</v>
+        <v>2.0038473674898682</v>
       </c>
       <c r="F10" s="10">
-        <v>1.38373355643769</v>
+        <v>1.1153412696157687</v>
       </c>
       <c r="G10" s="10">
-        <v>12.7318</v>
+        <v>15.238</v>
       </c>
       <c r="H10" s="10">
-        <v>11.614599999999999</v>
+        <v>12.178999999999998</v>
       </c>
       <c r="I10" s="10">
-        <v>5.6</v>
+        <v>5.7</v>
       </c>
       <c r="J10" s="10">
-        <v>6</v>
+        <v>5.8</v>
       </c>
       <c r="K10" s="10">
         <v>5.8</v>
       </c>
       <c r="L10" s="10">
         <v>4.3</v>
       </c>
       <c r="M10" s="10">
         <v>2.6</v>
       </c>
       <c r="N10" s="10">
-        <v>2.6</v>
+        <v>2.7</v>
       </c>
       <c r="O10" s="10">
-        <v>0.3</v>
+        <v>3.1</v>
       </c>
       <c r="P10" s="10">
-        <v>2.7</v>
+        <v>-0.3</v>
       </c>
       <c r="Q10" s="10">
-        <v>-0.1</v>
+        <v>0.1</v>
       </c>
       <c r="R10" s="10">
-        <v>1.8</v>
+        <v>-2.8</v>
       </c>
       <c r="S10" s="10">
-        <v>0.5</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="T10" s="10">
-        <v>2.2000000000000002</v>
+        <v>-1.7</v>
       </c>
     </row>
     <row r="11" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A11" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="11">
-        <v>2.8</v>
+        <v>3.4</v>
       </c>
       <c r="C11" s="11">
-        <v>3.3</v>
+        <v>3.6</v>
       </c>
       <c r="D11" s="11">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="E11" s="11">
-        <v>-5.2745034906823491</v>
+        <v>-3.5026885426719758</v>
       </c>
       <c r="F11" s="11">
-        <v>3.0695980955048299</v>
+        <v>4.6963897158989312</v>
       </c>
       <c r="G11" s="11">
-        <v>-5.3162000000000003</v>
+        <v>-5.9743000000000004</v>
       </c>
       <c r="H11" s="11">
-        <v>-3.0960000000000001</v>
+        <v>-3.4340000000000002</v>
       </c>
       <c r="I11" s="11">
         <v>4</v>
       </c>
       <c r="J11" s="11">
+        <v>3.7</v>
+      </c>
+      <c r="K11" s="11">
         <v>3.6</v>
       </c>
-      <c r="K11" s="11">
-[...1 lines deleted...]
-      </c>
       <c r="L11" s="11">
-        <v>2.4</v>
+        <v>1.5</v>
       </c>
       <c r="M11" s="11">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="N11" s="11">
-        <v>3.5</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="O11" s="11">
-        <v>-2.6</v>
+        <v>-3</v>
       </c>
       <c r="P11" s="11">
-        <v>-8.3000000000000007</v>
+        <v>-8.4</v>
       </c>
       <c r="Q11" s="11">
-        <v>-8.3000000000000007</v>
+        <v>-8.6</v>
       </c>
       <c r="R11" s="11">
-        <v>0.5</v>
+        <v>1.4</v>
       </c>
       <c r="S11" s="11">
-        <v>1.8</v>
+        <v>-0.4</v>
       </c>
       <c r="T11" s="11">
-        <v>0.1</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="12" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A12" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="10">
-        <v>3.9</v>
+        <v>3.8</v>
       </c>
       <c r="C12" s="10">
-        <v>3.2</v>
+        <v>3.5</v>
       </c>
       <c r="D12" s="10">
-        <v>3.2</v>
+        <v>3.4</v>
       </c>
       <c r="E12" s="10">
-        <v>3.8527967893359971</v>
+        <v>4.6329386159780057</v>
       </c>
       <c r="F12" s="10">
-        <v>3.0161592451246264</v>
+        <v>2.8722903574098098</v>
       </c>
       <c r="G12" s="10">
-        <v>-12.016400000000001</v>
+        <v>-13.4771</v>
       </c>
       <c r="H12" s="10">
-        <v>-11.777899999999999</v>
+        <v>-13.366699999999998</v>
       </c>
       <c r="I12" s="10">
-        <v>5.0999999999999996</v>
+        <v>5</v>
       </c>
       <c r="J12" s="10">
-        <v>4.7</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="K12" s="10">
         <v>4.5999999999999996</v>
       </c>
       <c r="L12" s="10">
-        <v>3</v>
+        <v>3.1</v>
       </c>
       <c r="M12" s="10">
-        <v>4.5</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="N12" s="10">
         <v>4.5999999999999996</v>
       </c>
       <c r="O12" s="10">
-        <v>1.6</v>
+        <v>-1.9</v>
       </c>
       <c r="P12" s="10">
-        <v>2.1</v>
+        <v>-1</v>
       </c>
       <c r="Q12" s="10">
-        <v>-1</v>
+        <v>3</v>
       </c>
       <c r="R12" s="10">
-        <v>3.7</v>
+        <v>0.9</v>
       </c>
       <c r="S12" s="10">
-        <v>-2.1</v>
+        <v>3.5</v>
       </c>
       <c r="T12" s="32" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A13" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="11">
-        <v>3.4</v>
+        <v>3.9</v>
       </c>
       <c r="C13" s="11">
-        <v>3.1</v>
+        <v>3.3</v>
       </c>
       <c r="D13" s="11">
-        <v>3.3</v>
+        <v>3.6</v>
       </c>
       <c r="E13" s="11">
-        <v>37.073894635764447</v>
+        <v>42.553604723430652</v>
       </c>
       <c r="F13" s="11">
-        <v>16.060329204547145</v>
+        <v>16.101084922327928</v>
       </c>
       <c r="G13" s="11">
-        <v>-4.6083999999999996</v>
+        <v>-5.2013999999999996</v>
       </c>
       <c r="H13" s="11">
-        <v>-4.3855999999999993</v>
+        <v>-5.0667</v>
       </c>
       <c r="I13" s="11">
-        <v>4.7</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="J13" s="11">
-        <v>4.7</v>
+        <v>5</v>
       </c>
       <c r="K13" s="11">
-        <v>5</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="L13" s="11">
-        <v>2.2000000000000002</v>
+        <v>1.6</v>
       </c>
       <c r="M13" s="11">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="N13" s="11">
         <v>0</v>
       </c>
       <c r="O13" s="11">
-        <v>2.5</v>
+        <v>1.6</v>
       </c>
       <c r="P13" s="11">
-        <v>-1.1000000000000001</v>
+        <v>1.6</v>
       </c>
       <c r="Q13" s="11">
-        <v>0.7</v>
+        <v>2.4</v>
       </c>
       <c r="R13" s="38" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="S13" s="38" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="T13" s="38" t="s">
-        <v>0</v>
+        <v>74</v>
       </c>
     </row>
     <row r="14" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A14" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="10">
         <v>1.2</v>
       </c>
       <c r="C14" s="10">
         <v>2.4</v>
       </c>
       <c r="D14" s="10">
         <v>2.6</v>
       </c>
       <c r="E14" s="10">
-        <v>3.26016373168531</v>
+        <v>2.5935740998279044</v>
       </c>
       <c r="F14" s="10">
-        <v>3.398170637759975</v>
+        <v>3.4583788498445074</v>
       </c>
       <c r="G14" s="10">
-        <v>16.684699999999996</v>
+        <v>17.594200000000001</v>
       </c>
       <c r="H14" s="10">
-        <v>16.323799999999999</v>
+        <v>18.336500000000001</v>
       </c>
       <c r="I14" s="10">
-        <v>2.6</v>
+        <v>2.5</v>
       </c>
       <c r="J14" s="10">
-        <v>3</v>
+        <v>2.8</v>
       </c>
       <c r="K14" s="10">
+        <v>3.2</v>
+      </c>
+      <c r="L14" s="10">
         <v>2.8</v>
       </c>
-      <c r="L14" s="10">
+      <c r="M14" s="10">
         <v>2.4</v>
       </c>
-      <c r="M14" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="N14" s="10">
-        <v>2.4</v>
+        <v>2</v>
       </c>
       <c r="O14" s="10">
-        <v>-1.7</v>
+        <v>1.8</v>
       </c>
       <c r="P14" s="10">
-        <v>0.2</v>
+        <v>1.8</v>
       </c>
       <c r="Q14" s="10">
-        <v>1.8</v>
+        <v>-1.3</v>
       </c>
       <c r="R14" s="31">
-        <v>5.6</v>
+        <v>-2.8</v>
       </c>
       <c r="S14" s="32">
-        <v>3.1</v>
+        <v>1.4</v>
       </c>
       <c r="T14" s="32">
-        <v>1</v>
+        <v>2.2000000000000002</v>
       </c>
     </row>
     <row r="15" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A15" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="11">
         <v>3.5</v>
       </c>
       <c r="C15" s="11">
-        <v>2.5</v>
+        <v>2.4</v>
       </c>
       <c r="D15" s="11">
+        <v>1.6</v>
+      </c>
+      <c r="E15" s="11">
+        <v>5.9339096894490808</v>
+      </c>
+      <c r="F15" s="11">
+        <v>7.3262533824669163</v>
+      </c>
+      <c r="G15" s="11">
+        <v>7.1997000000000009</v>
+      </c>
+      <c r="H15" s="11">
+        <v>7.7628999999999992</v>
+      </c>
+      <c r="I15" s="11">
+        <v>6.2</v>
+      </c>
+      <c r="J15" s="11">
+        <v>6.6</v>
+      </c>
+      <c r="K15" s="11">
+        <v>6.4</v>
+      </c>
+      <c r="L15" s="11">
+        <v>1.2</v>
+      </c>
+      <c r="M15" s="11">
         <v>1.9</v>
       </c>
-      <c r="E15" s="11">
-[...23 lines deleted...]
-      <c r="M15" s="11">
+      <c r="N15" s="11">
         <v>2.2000000000000002</v>
       </c>
-      <c r="N15" s="11">
-[...1 lines deleted...]
-      </c>
       <c r="O15" s="11">
-        <v>17.5</v>
+        <v>11.8</v>
       </c>
       <c r="P15" s="11">
-        <v>-1.3</v>
+        <v>-4.9000000000000004</v>
       </c>
       <c r="Q15" s="11">
-        <v>-4.2</v>
+        <v>-5</v>
       </c>
       <c r="R15" s="33">
-        <v>-0.3</v>
+        <v>-1.9</v>
       </c>
       <c r="S15" s="34">
-        <v>-1.5</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="T15" s="34">
-        <v>-0.1</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="16" spans="1:21" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="A16" s="8" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="10">
         <v>-0.1</v>
       </c>
       <c r="C16" s="10">
         <v>-0.3</v>
       </c>
       <c r="D16" s="10">
         <v>0.5</v>
       </c>
       <c r="E16" s="10">
-        <v>8.8178324054073158</v>
+        <v>7.3068155713805965</v>
       </c>
       <c r="F16" s="10">
-        <v>9.4058611338734295</v>
+        <v>8.5620116283375722</v>
       </c>
       <c r="G16" s="10">
-        <v>-2.2208000000000001</v>
+        <v>-2.5123999999999995</v>
       </c>
       <c r="H16" s="10">
-        <v>-1.9766000000000001</v>
+        <v>-2.1833</v>
       </c>
       <c r="I16" s="10">
+        <v>7.7</v>
+      </c>
+      <c r="J16" s="10">
         <v>8</v>
       </c>
-      <c r="J16" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="K16" s="10">
-        <v>7.2</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="L16" s="10">
-        <v>3.4</v>
+        <v>3.2</v>
       </c>
       <c r="M16" s="10">
-        <v>5.6</v>
+        <v>6.2</v>
       </c>
       <c r="N16" s="10">
-        <v>6.2</v>
+        <v>5.3</v>
       </c>
       <c r="O16" s="10">
-        <v>-4.8</v>
+        <v>-5</v>
       </c>
       <c r="P16" s="10">
-        <v>4.0999999999999996</v>
+        <v>0.7</v>
       </c>
       <c r="Q16" s="10">
-        <v>0.8</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="R16" s="37" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="S16" s="37" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="T16" s="37" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
     </row>
     <row r="17" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A17" s="7" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="11">
-        <v>-0.1</v>
+        <v>0.4</v>
       </c>
       <c r="C17" s="11">
         <v>1</v>
       </c>
       <c r="D17" s="11">
         <v>0.2</v>
       </c>
       <c r="E17" s="11">
-        <v>5.9001498282515428</v>
+        <v>4.0071808409053489</v>
       </c>
       <c r="F17" s="11">
-        <v>-1.2972060710446272</v>
+        <v>-1.2163482392239331</v>
       </c>
       <c r="G17" s="11">
-        <v>1.2702000000000002</v>
+        <v>0.27790000000000009</v>
       </c>
       <c r="H17" s="11">
-        <v>-1.7403999999999999</v>
+        <v>-2.2107999999999999</v>
       </c>
       <c r="I17" s="11">
-        <v>8.5</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="J17" s="11">
-        <v>9.9</v>
+        <v>10</v>
       </c>
       <c r="K17" s="11">
-        <v>9.9</v>
+        <v>10.1</v>
       </c>
       <c r="L17" s="11">
-        <v>1.1000000000000001</v>
+        <v>1</v>
       </c>
       <c r="M17" s="11">
-        <v>1.9</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="N17" s="11">
         <v>2.2000000000000002</v>
       </c>
       <c r="O17" s="11">
-        <v>5.3</v>
+        <v>2.1</v>
       </c>
       <c r="P17" s="11">
-        <v>0.6</v>
+        <v>-5.3</v>
       </c>
       <c r="Q17" s="11">
-        <v>-4.2</v>
+        <v>-0.2</v>
       </c>
       <c r="R17" s="34">
-        <v>2</v>
+        <v>2.4</v>
       </c>
       <c r="S17" s="34">
-        <v>-2</v>
+        <v>1.4</v>
       </c>
       <c r="T17" s="34">
-        <v>1.1000000000000001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A18" s="8" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="10">
         <v>1.2</v>
       </c>
       <c r="C18" s="10">
         <v>0.6</v>
       </c>
       <c r="D18" s="10">
         <v>0.8</v>
       </c>
       <c r="E18" s="10">
-        <v>-0.29693841642898633</v>
+        <v>-0.36015236979800136</v>
       </c>
       <c r="F18" s="10">
-        <v>-0.44512439087570499</v>
+        <v>-0.65069025294951643</v>
       </c>
       <c r="G18" s="10">
-        <v>-58.836399999999998</v>
+        <v>-67.808999999999997</v>
       </c>
       <c r="H18" s="10">
-        <v>-59.622900000000001</v>
+        <v>-69.3977</v>
       </c>
       <c r="I18" s="10">
         <v>7.4</v>
       </c>
       <c r="J18" s="10">
-        <v>7.6</v>
+        <v>7.5</v>
       </c>
       <c r="K18" s="10">
-        <v>7.6</v>
+        <v>7.5</v>
       </c>
       <c r="L18" s="10">
-        <v>2.2000000000000002</v>
+        <v>1.4</v>
       </c>
       <c r="M18" s="10">
-        <v>0.9</v>
+        <v>0.8</v>
       </c>
       <c r="N18" s="10">
-        <v>0.8</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="O18" s="10">
-        <v>-0.3</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="P18" s="10">
-        <v>2.2000000000000002</v>
+        <v>1.9</v>
       </c>
       <c r="Q18" s="10">
-        <v>1.3</v>
+        <v>0.5</v>
       </c>
       <c r="R18" s="32">
-        <v>-3.3</v>
+        <v>0.5</v>
       </c>
       <c r="S18" s="32">
-        <v>-0.2</v>
+        <v>0.5</v>
       </c>
       <c r="T18" s="32">
-        <v>0.5</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="19" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A19" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="11">
-        <v>2.2999999999999998</v>
+        <v>2.1</v>
       </c>
       <c r="C19" s="11">
         <v>2.2000000000000002</v>
       </c>
       <c r="D19" s="11">
         <v>1.7</v>
       </c>
       <c r="E19" s="11">
-        <v>-5.2802645455120114</v>
+        <v>-5.7004661970119628</v>
       </c>
       <c r="F19" s="11">
-        <v>-3.3161624613151304</v>
+        <v>-4.1884488685190462</v>
       </c>
       <c r="G19" s="11">
-        <v>-19.482699999999998</v>
+        <v>-21.698499999999999</v>
       </c>
       <c r="H19" s="11">
-        <v>-19.540300000000002</v>
+        <v>-22.114800000000002</v>
       </c>
       <c r="I19" s="11">
-        <v>9.8000000000000007</v>
+        <v>9.6999999999999993</v>
       </c>
       <c r="J19" s="11">
-        <v>9</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="K19" s="11">
-        <v>8</v>
+        <v>8.1</v>
       </c>
       <c r="L19" s="11">
-        <v>3.2</v>
+        <v>3.1</v>
       </c>
       <c r="M19" s="11">
-        <v>3.7</v>
+        <v>3.1</v>
       </c>
       <c r="N19" s="11">
-        <v>3.1</v>
+        <v>1.8</v>
       </c>
       <c r="O19" s="11">
-        <v>10.4</v>
+        <v>3.6</v>
       </c>
       <c r="P19" s="11">
-        <v>1.1000000000000001</v>
+        <v>-0.4</v>
       </c>
       <c r="Q19" s="11">
-        <v>-0.5</v>
+        <v>-2.7</v>
       </c>
       <c r="R19" s="36" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="S19" s="36" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="T19" s="36" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A20" s="8" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="10">
+        <v>3.5</v>
+      </c>
+      <c r="C20" s="10">
         <v>3.2</v>
       </c>
-      <c r="C20" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="10">
-        <v>2.8</v>
+        <v>3.1</v>
       </c>
       <c r="E20" s="10">
-        <v>0.52096616780417548</v>
+        <v>-0.37975055540901792</v>
       </c>
       <c r="F20" s="10">
-        <v>4.7970225862256086</v>
+        <v>3.9637057099023565</v>
       </c>
       <c r="G20" s="10">
-        <v>-31.638500000000001</v>
+        <v>-37.893500000000003</v>
       </c>
       <c r="H20" s="10">
-        <v>-20.591000000000001</v>
+        <v>-25.502200000000002</v>
       </c>
       <c r="I20" s="10">
-        <v>11.5</v>
+        <v>11.3</v>
       </c>
       <c r="J20" s="10">
         <v>10.4</v>
       </c>
       <c r="K20" s="10">
-        <v>10.4</v>
+        <v>10.3</v>
       </c>
       <c r="L20" s="10">
-        <v>2.4</v>
+        <v>1.7</v>
       </c>
       <c r="M20" s="10">
         <v>2.7</v>
       </c>
       <c r="N20" s="10">
-        <v>2.7</v>
+        <v>3</v>
       </c>
       <c r="O20" s="10">
-        <v>-0.9</v>
+        <v>-1.5</v>
       </c>
       <c r="P20" s="10">
-        <v>2.2000000000000002</v>
+        <v>2.5</v>
       </c>
       <c r="Q20" s="10">
-        <v>2.2999999999999998</v>
+        <v>3.2</v>
       </c>
       <c r="R20" s="32">
-        <v>1.2</v>
+        <v>-0.7</v>
       </c>
       <c r="S20" s="32">
-        <v>-5.6</v>
+        <v>-2.6</v>
       </c>
       <c r="T20" s="32">
-        <v>-4.5</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="21" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A21" s="7" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="11">
         <v>1.1000000000000001</v>
       </c>
       <c r="C21" s="11">
         <v>2.5</v>
       </c>
       <c r="D21" s="11">
-        <v>1.5</v>
+        <v>1.6</v>
       </c>
       <c r="E21" s="11">
-        <v>3.5547157859854082</v>
+        <v>2.9842920483314117</v>
       </c>
       <c r="F21" s="11">
-        <v>3.2571770026078042</v>
+        <v>2.9322185799605194</v>
       </c>
       <c r="G21" s="11">
-        <v>60.202299999999994</v>
+        <v>65.745500000000007</v>
       </c>
       <c r="H21" s="11">
-        <v>56.889200000000002</v>
+        <v>63.590100000000007</v>
       </c>
       <c r="I21" s="11">
-        <v>3.6</v>
+        <v>3.7</v>
       </c>
       <c r="J21" s="11">
         <v>3.8</v>
       </c>
       <c r="K21" s="11">
-        <v>3.8</v>
+        <v>3.9</v>
       </c>
       <c r="L21" s="11">
         <v>3.3</v>
       </c>
       <c r="M21" s="11">
-        <v>2.5</v>
+        <v>2.4</v>
       </c>
       <c r="N21" s="11">
-        <v>2.4</v>
+        <v>3</v>
       </c>
       <c r="O21" s="11">
-        <v>-3.3</v>
+        <v>0.3</v>
       </c>
       <c r="P21" s="11">
-        <v>1.3</v>
+        <v>-0.1</v>
       </c>
       <c r="Q21" s="11">
-        <v>-0.9</v>
+        <v>1.6</v>
       </c>
       <c r="R21" s="34">
-        <v>-2.1</v>
+        <v>9.9</v>
       </c>
       <c r="S21" s="34">
-        <v>-0.6</v>
+        <v>-0.8</v>
       </c>
       <c r="T21" s="34">
-        <v>-0.9</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="22" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A22" s="8" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="13">
         <v>2.6</v>
       </c>
       <c r="C22" s="13">
         <v>18.3</v>
       </c>
       <c r="D22" s="13">
         <v>18</v>
       </c>
       <c r="E22" s="13">
-        <v>34.755683827253733</v>
+        <v>28.911493684919265</v>
       </c>
       <c r="F22" s="13">
-        <v>6.5902759444091998</v>
+        <v>5.7067282633902749</v>
       </c>
       <c r="G22" s="13">
-        <v>88.055800000000005</v>
+        <v>92.113799999999983</v>
       </c>
       <c r="H22" s="13">
-        <v>49.431900000000006</v>
+        <v>55.77600000000001</v>
       </c>
       <c r="I22" s="13">
-        <v>4.5</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="J22" s="13">
-        <v>4.5999999999999996</v>
+        <v>4.8</v>
       </c>
       <c r="K22" s="13">
-        <v>4.9000000000000004</v>
+        <v>4.7</v>
       </c>
       <c r="L22" s="13">
-        <v>1.1000000000000001</v>
+        <v>0</v>
       </c>
       <c r="M22" s="13">
-        <v>1.6</v>
+        <v>1.9</v>
       </c>
       <c r="N22" s="13">
-        <v>1.9</v>
+        <v>2.7</v>
       </c>
       <c r="O22" s="13">
-        <v>7.3</v>
+        <v>11.2</v>
       </c>
       <c r="P22" s="13">
-        <v>8.6999999999999993</v>
+        <v>7.7</v>
       </c>
       <c r="Q22" s="13">
-        <v>8.1</v>
+        <v>28.6</v>
       </c>
       <c r="R22" s="35" t="s">
         <v>0</v>
       </c>
       <c r="S22" s="35" t="s">
         <v>0</v>
       </c>
       <c r="T22" s="35" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A23" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B23" s="12">
-        <v>2.8</v>
+        <v>3</v>
       </c>
       <c r="C23" s="12">
+        <v>3</v>
+      </c>
+      <c r="D23" s="12">
         <v>3.2</v>
       </c>
-      <c r="D23" s="12">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="12">
-        <v>-0.5932734293915729</v>
+        <v>-1.1952077666107357</v>
       </c>
       <c r="F23" s="12">
-        <v>6.0393193789563071</v>
+        <v>4.5112206081339821</v>
       </c>
       <c r="G23" s="12">
-        <v>-4.0823</v>
+        <v>-4.3923000000000005</v>
       </c>
       <c r="H23" s="12">
-        <v>-2.5117999999999996</v>
+        <v>-2.8617999999999997</v>
       </c>
       <c r="I23" s="12">
         <v>7.5</v>
       </c>
       <c r="J23" s="12">
         <v>7.1</v>
       </c>
       <c r="K23" s="12">
-        <v>7.1</v>
+        <v>7</v>
       </c>
       <c r="L23" s="12">
-        <v>0.8</v>
+        <v>0.4</v>
       </c>
       <c r="M23" s="12">
-        <v>3.4</v>
+        <v>3.6</v>
       </c>
       <c r="N23" s="12">
-        <v>3.6</v>
+        <v>3.7</v>
       </c>
       <c r="O23" s="12">
-        <v>6.1</v>
+        <v>5.5</v>
       </c>
       <c r="P23" s="12">
-        <v>3</v>
+        <v>0.7</v>
       </c>
       <c r="Q23" s="12">
-        <v>0.7</v>
+        <v>0.1</v>
       </c>
       <c r="R23" s="38" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="S23" s="38" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="T23" s="38" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A24" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="13">
         <v>0.4</v>
       </c>
       <c r="C24" s="13">
         <v>-1.9</v>
       </c>
       <c r="D24" s="13">
         <v>-0.2</v>
       </c>
       <c r="E24" s="13">
-        <v>0.32520684925444243</v>
+        <v>1.2662005032972985</v>
       </c>
       <c r="F24" s="13">
-        <v>8.1114854249037194E-2</v>
+        <v>2.6768917224080155</v>
       </c>
       <c r="G24" s="13">
-        <v>-4.6257999999999999</v>
+        <v>-5.5377999999999998</v>
       </c>
       <c r="H24" s="13">
-        <v>-4.6438999999999995</v>
+        <v>-5.2550999999999997</v>
       </c>
       <c r="I24" s="13">
-        <v>6.4</v>
+        <v>6.5</v>
       </c>
       <c r="J24" s="13">
         <v>6.6</v>
       </c>
       <c r="K24" s="13">
-        <v>6.6</v>
+        <v>6.5</v>
       </c>
       <c r="L24" s="13">
-        <v>1.7</v>
+        <v>0.8</v>
       </c>
       <c r="M24" s="13">
-        <v>2.6</v>
+        <v>2.8</v>
       </c>
       <c r="N24" s="13">
-        <v>2.8</v>
+        <v>3.1</v>
       </c>
       <c r="O24" s="13">
-        <v>-0.6</v>
+        <v>-10.3</v>
       </c>
       <c r="P24" s="13">
-        <v>-1.2</v>
+        <v>-3.3</v>
       </c>
       <c r="Q24" s="13">
-        <v>-4.7</v>
+        <v>9.5</v>
       </c>
       <c r="R24" s="32">
-        <v>-5</v>
+        <v>13.4</v>
       </c>
       <c r="S24" s="32">
-        <v>6.4</v>
+        <v>-6</v>
       </c>
       <c r="T24" s="32" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A25" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B25" s="12">
-        <v>-0.4</v>
+        <v>0</v>
       </c>
       <c r="C25" s="12">
-        <v>0.1</v>
+        <v>1.4</v>
       </c>
       <c r="D25" s="12">
-        <v>0.6</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="E25" s="12">
-        <v>2.4946065012056096</v>
+        <v>2.6076772312252103</v>
       </c>
       <c r="F25" s="12">
-        <v>6.8186332541454533</v>
+        <v>5.8715698255749516</v>
       </c>
       <c r="G25" s="12">
-        <v>-2.1372</v>
+        <v>-2.3684000000000003</v>
       </c>
       <c r="H25" s="12">
-        <v>-1.5544</v>
+        <v>-1.8503000000000003</v>
       </c>
       <c r="I25" s="12">
-        <v>6.8</v>
+        <v>6.9</v>
       </c>
       <c r="J25" s="12">
         <v>6.6</v>
       </c>
       <c r="K25" s="12">
-        <v>6.6</v>
+        <v>6.5</v>
       </c>
       <c r="L25" s="12">
-        <v>0.9</v>
+        <v>1.6</v>
       </c>
       <c r="M25" s="12">
-        <v>3.9</v>
+        <v>4.2</v>
       </c>
       <c r="N25" s="12">
         <v>4.2</v>
       </c>
       <c r="O25" s="12">
-        <v>2.1</v>
+        <v>1.7</v>
       </c>
       <c r="P25" s="12">
-        <v>7.2</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="Q25" s="12">
-        <v>9.8000000000000007</v>
+        <v>2.5</v>
       </c>
       <c r="R25" s="38" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="S25" s="38" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="T25" s="38" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
     </row>
     <row r="26" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A26" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B26" s="13">
         <v>6.8</v>
       </c>
       <c r="C26" s="13">
         <v>4.8</v>
       </c>
       <c r="D26" s="13">
         <v>2.2999999999999998</v>
       </c>
       <c r="E26" s="13">
-        <v>-12.324601184442187</v>
+        <v>-9.8642450076448966</v>
       </c>
       <c r="F26" s="13">
-        <v>0.37574687390920758</v>
+        <v>-8.909885863068439</v>
       </c>
       <c r="G26" s="13">
-        <v>-3.2454000000000001</v>
+        <v>-3.6173000000000002</v>
       </c>
       <c r="H26" s="13">
-        <v>-2.9963000000000002</v>
+        <v>-3.9488000000000003</v>
       </c>
       <c r="I26" s="13">
-        <v>3</v>
+        <v>3.1</v>
       </c>
       <c r="J26" s="13">
-        <v>2.6</v>
+        <v>2.9</v>
       </c>
       <c r="K26" s="13">
-        <v>2.6</v>
+        <v>2.9</v>
       </c>
       <c r="L26" s="13">
+        <v>2.1</v>
+      </c>
+      <c r="M26" s="13">
+        <v>2.7</v>
+      </c>
+      <c r="N26" s="13">
         <v>2.4</v>
       </c>
-      <c r="M26" s="13">
-[...4 lines deleted...]
-      </c>
       <c r="O26" s="13">
-        <v>-0.1</v>
+        <v>0.4</v>
       </c>
       <c r="P26" s="13">
-        <v>6.4</v>
+        <v>3.2</v>
       </c>
       <c r="Q26" s="13">
-        <v>4</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="R26" s="35" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="S26" s="35" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="T26" s="35" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
     </row>
     <row r="27" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A27" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="12">
         <v>-0.5</v>
       </c>
       <c r="C27" s="12">
         <v>0.2</v>
       </c>
       <c r="D27" s="12">
         <v>0.2</v>
       </c>
       <c r="E27" s="12">
-        <v>-0.52925915598036966</v>
+        <v>-0.94111338239237341</v>
       </c>
       <c r="F27" s="12">
-        <v>3.6391519373487711</v>
+        <v>3.3108794472406089</v>
       </c>
       <c r="G27" s="12">
-        <v>120.81429999999999</v>
+        <v>133.29670000000002</v>
       </c>
       <c r="H27" s="12">
-        <v>153.8134</v>
+        <v>172.0813</v>
       </c>
       <c r="I27" s="12">
         <v>3.4</v>
       </c>
       <c r="J27" s="12">
         <v>3.7</v>
       </c>
       <c r="K27" s="12">
         <v>3.7</v>
       </c>
       <c r="L27" s="12">
-        <v>2</v>
+        <v>1.8</v>
       </c>
       <c r="M27" s="12">
-        <v>1.8</v>
+        <v>2.1</v>
       </c>
       <c r="N27" s="12">
+        <v>2.4</v>
+      </c>
+      <c r="O27" s="12">
+        <v>-3.4</v>
+      </c>
+      <c r="P27" s="12">
         <v>2.1</v>
       </c>
-      <c r="O27" s="12">
-[...4 lines deleted...]
-      </c>
       <c r="Q27" s="12">
-        <v>2.1</v>
+        <v>-4.5999999999999996</v>
       </c>
       <c r="R27" s="12">
-        <v>-0.4</v>
+        <v>-0.1</v>
       </c>
       <c r="S27" s="12">
-        <v>1.2</v>
+        <v>0.1</v>
       </c>
       <c r="T27" s="12">
-        <v>0.3</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="28" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A28" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B28" s="15">
-        <v>2.9</v>
+        <v>3</v>
       </c>
       <c r="C28" s="15">
         <v>3.7</v>
       </c>
       <c r="D28" s="15">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="E28" s="15">
-        <v>1.9819448865422942</v>
+        <v>1.7828572215878751</v>
       </c>
       <c r="F28" s="15">
-        <v>5.34975942630372</v>
+        <v>4.8362179684793034</v>
       </c>
       <c r="G28" s="15">
-        <v>-3.4240000000000004</v>
+        <v>-5.0534999999999997</v>
       </c>
       <c r="H28" s="15">
-        <v>3.3178000000000001</v>
+        <v>1.9441000000000002</v>
       </c>
       <c r="I28" s="15">
         <v>3</v>
       </c>
       <c r="J28" s="15">
         <v>3.1</v>
       </c>
       <c r="K28" s="15">
+        <v>3.2</v>
+      </c>
+      <c r="L28" s="15">
+        <v>4.2</v>
+      </c>
+      <c r="M28" s="15">
+        <v>2.7</v>
+      </c>
+      <c r="N28" s="15">
+        <v>2.9</v>
+      </c>
+      <c r="O28" s="15">
+        <v>-0.5</v>
+      </c>
+      <c r="P28" s="15">
         <v>3.1</v>
       </c>
-      <c r="L28" s="15">
-[...11 lines deleted...]
-      <c r="P28" s="15">
+      <c r="Q28" s="15">
+        <v>2.4</v>
+      </c>
+      <c r="R28" s="15">
         <v>-0.2</v>
       </c>
-      <c r="Q28" s="15">
-[...4 lines deleted...]
-      </c>
       <c r="S28" s="15">
-        <v>3.1</v>
+        <v>-1.4</v>
       </c>
       <c r="T28" s="15">
-        <v>-0.6</v>
+        <v>-4</v>
       </c>
     </row>
     <row r="29" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A29" s="7" t="s">
         <v>37</v>
       </c>
       <c r="B29" s="11">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="C29" s="11">
         <v>1.7</v>
       </c>
       <c r="D29" s="11">
-        <v>1.9</v>
+        <v>1.8</v>
       </c>
       <c r="E29" s="11">
-        <v>0.6897938999756974</v>
+        <v>0.44508562320494605</v>
       </c>
       <c r="F29" s="11">
-        <v>6.3064190164565446</v>
+        <v>5.9594731884977108</v>
       </c>
       <c r="G29" s="11">
-        <v>-18.224100000000004</v>
+        <v>-21.238900000000001</v>
       </c>
       <c r="H29" s="11">
-        <v>-14.621799999999999</v>
+        <v>-17.292300000000001</v>
       </c>
       <c r="I29" s="11">
-        <v>6.5</v>
+        <v>6.3</v>
       </c>
       <c r="J29" s="11">
+        <v>6</v>
+      </c>
+      <c r="K29" s="11">
         <v>6.1</v>
       </c>
-      <c r="K29" s="11">
-[...1 lines deleted...]
-      </c>
       <c r="L29" s="11">
-        <v>1.8</v>
+        <v>2.6</v>
       </c>
       <c r="M29" s="11">
         <v>2.5</v>
       </c>
       <c r="N29" s="11">
-        <v>2.5</v>
+        <v>1.9</v>
       </c>
       <c r="O29" s="11">
-        <v>-2.4</v>
+        <v>-1.1000000000000001</v>
       </c>
       <c r="P29" s="11">
-        <v>2.5</v>
+        <v>1.8</v>
       </c>
       <c r="Q29" s="11">
-        <v>1.7</v>
+        <v>1.8</v>
       </c>
       <c r="R29" s="11">
-        <v>-1.3</v>
+        <v>-0.1</v>
       </c>
       <c r="S29" s="11">
-        <v>1.3</v>
+        <v>-0.8</v>
       </c>
       <c r="T29" s="11">
-        <v>-1.5</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="30" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A30" s="8" t="s">
         <v>38</v>
       </c>
       <c r="B30" s="10">
-        <v>0.8</v>
+        <v>0.9</v>
       </c>
       <c r="C30" s="10">
         <v>0.7</v>
       </c>
       <c r="D30" s="10">
-        <v>2.1</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="E30" s="10">
-        <v>3.5834020335257009</v>
+        <v>3.546941640123066</v>
       </c>
       <c r="F30" s="10">
-        <v>4.4186190610606673</v>
+        <v>3.8387446981946312</v>
       </c>
       <c r="G30" s="10">
-        <v>-19.2925</v>
+        <v>-21.927499999999998</v>
       </c>
       <c r="H30" s="10">
-        <v>-18.0397</v>
+        <v>-20.945100000000004</v>
       </c>
       <c r="I30" s="10">
         <v>5.7</v>
       </c>
       <c r="J30" s="10">
-        <v>6</v>
+        <v>5.8</v>
       </c>
       <c r="K30" s="10">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
       <c r="L30" s="10">
-        <v>5.3</v>
+        <v>4.8</v>
       </c>
       <c r="M30" s="10">
-        <v>6.6</v>
+        <v>8.5</v>
       </c>
       <c r="N30" s="10">
-        <v>8.5</v>
+        <v>8.6</v>
       </c>
       <c r="O30" s="10">
-        <v>-4</v>
+        <v>-2</v>
       </c>
       <c r="P30" s="10">
-        <v>-0.2</v>
+        <v>2.7</v>
       </c>
       <c r="Q30" s="10">
-        <v>2.7</v>
+        <v>-1.1000000000000001</v>
       </c>
       <c r="R30" s="10">
-        <v>0.2</v>
+        <v>4</v>
       </c>
       <c r="S30" s="10">
-        <v>8.3000000000000007</v>
+        <v>26.2</v>
       </c>
       <c r="T30" s="10">
-        <v>20.100000000000001</v>
+        <v>-26.2</v>
       </c>
     </row>
     <row r="31" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A31" s="7" t="s">
         <v>39</v>
       </c>
       <c r="B31" s="23">
-        <v>2.1</v>
+        <v>1.9</v>
       </c>
       <c r="C31" s="23">
         <v>0.8</v>
       </c>
       <c r="D31" s="23">
         <v>0.7</v>
       </c>
       <c r="E31" s="11">
-        <v>4.0793578941732562</v>
+        <v>3.5938185918531644</v>
       </c>
       <c r="F31" s="11">
-        <v>5.0972075411108335</v>
+        <v>4.1257005934438382</v>
       </c>
       <c r="G31" s="11">
-        <v>1.3117000000000001</v>
+        <v>1.4654</v>
       </c>
       <c r="H31" s="11">
-        <v>1.8450000000000002</v>
+        <v>1.7633999999999996</v>
       </c>
       <c r="I31" s="11">
         <v>5.3</v>
       </c>
       <c r="J31" s="11">
-        <v>5.3</v>
+        <v>5.4</v>
       </c>
       <c r="K31" s="11">
         <v>5.4</v>
       </c>
       <c r="L31" s="11">
-        <v>3.2</v>
+        <v>2.9</v>
       </c>
       <c r="M31" s="11">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="N31" s="11">
         <v>4.5999999999999996</v>
       </c>
-      <c r="N31" s="11">
-[...1 lines deleted...]
-      </c>
       <c r="O31" s="11">
-        <v>6.3</v>
+        <v>2.1</v>
       </c>
       <c r="P31" s="11">
-        <v>-3.6</v>
+        <v>-4.7</v>
       </c>
       <c r="Q31" s="11">
-        <v>-4.5999999999999996</v>
+        <v>-6.3</v>
       </c>
       <c r="R31" s="11">
-        <v>-0.8</v>
+        <v>-4.0999999999999996</v>
       </c>
       <c r="S31" s="11">
-        <v>4.4000000000000004</v>
+        <v>-1.4</v>
       </c>
       <c r="T31" s="11">
-        <v>-1.3</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A32" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B32" s="10">
         <v>1.7</v>
       </c>
       <c r="C32" s="10">
         <v>-0.6</v>
       </c>
       <c r="D32" s="10">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="E32" s="10">
-        <v>25.308557504171347</v>
+        <v>24.160404108608475</v>
       </c>
       <c r="F32" s="10">
-        <v>15.04330727093965</v>
+        <v>13.329891328012764</v>
       </c>
       <c r="G32" s="10">
-        <v>3.0510000000000002</v>
+        <v>3.4494999999999996</v>
       </c>
       <c r="H32" s="10">
-        <v>-1.0645000000000002</v>
+        <v>-1.4284000000000001</v>
       </c>
       <c r="I32" s="10">
-        <v>4.0999999999999996</v>
+        <v>4.2</v>
       </c>
       <c r="J32" s="10">
-        <v>3.1</v>
+        <v>2.9</v>
       </c>
       <c r="K32" s="10">
         <v>2.9</v>
       </c>
       <c r="L32" s="10">
-        <v>1.1000000000000001</v>
+        <v>0.7</v>
       </c>
       <c r="M32" s="10">
-        <v>2.9</v>
+        <v>3</v>
       </c>
       <c r="N32" s="10">
-        <v>3</v>
+        <v>2.7</v>
       </c>
       <c r="O32" s="10">
-        <v>-1.6</v>
+        <v>6.1</v>
       </c>
       <c r="P32" s="10">
-        <v>-4.5999999999999996</v>
+        <v>0.5</v>
       </c>
       <c r="Q32" s="10">
-        <v>1.1000000000000001</v>
+        <v>-0.1</v>
       </c>
       <c r="R32" s="10">
-        <v>-0.8</v>
+        <v>-2</v>
       </c>
       <c r="S32" s="10">
-        <v>-4</v>
+        <v>11</v>
       </c>
       <c r="T32" s="10">
-        <v>9.9</v>
+        <v>-0.3</v>
       </c>
     </row>
     <row r="33" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A33" s="7" t="s">
         <v>40</v>
       </c>
       <c r="B33" s="11">
         <v>0.8</v>
       </c>
       <c r="C33" s="11">
         <v>0.7</v>
       </c>
       <c r="D33" s="11">
         <v>1.6</v>
       </c>
       <c r="E33" s="11">
-        <v>2.3354457213823849</v>
+        <v>1.7805189203080261</v>
       </c>
       <c r="F33" s="11">
-        <v>2.1390178474208739</v>
+        <v>1.900967776501048</v>
       </c>
       <c r="G33" s="11">
-        <v>5.9149999999999991</v>
+        <v>5.0155999999999992</v>
       </c>
       <c r="H33" s="11">
-        <v>5.5861999999999998</v>
+        <v>5.0638000000000005</v>
       </c>
       <c r="I33" s="11">
-        <v>8.6</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="J33" s="11">
-        <v>8.3000000000000007</v>
+        <v>8.9</v>
       </c>
       <c r="K33" s="11">
         <v>8.8000000000000007</v>
       </c>
       <c r="L33" s="11">
-        <v>1.3</v>
+        <v>1.2</v>
       </c>
       <c r="M33" s="11">
-        <v>3.1</v>
+        <v>3.4</v>
       </c>
       <c r="N33" s="11">
-        <v>3.4</v>
+        <v>3.2</v>
       </c>
       <c r="O33" s="11">
-        <v>-2</v>
+        <v>-1.5</v>
       </c>
       <c r="P33" s="11">
-        <v>14.3</v>
+        <v>4.2</v>
       </c>
       <c r="Q33" s="11">
-        <v>4.0999999999999996</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="R33" s="11">
-        <v>-0.2</v>
+        <v>3.3</v>
       </c>
       <c r="S33" s="11">
-        <v>-0.8</v>
+        <v>-3.5</v>
       </c>
       <c r="T33" s="11">
-        <v>-4</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="34" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A34" s="8" t="s">
         <v>41</v>
       </c>
       <c r="B34" s="10">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="C34" s="10">
-        <v>-0.4</v>
+        <v>-0.3</v>
       </c>
       <c r="D34" s="10">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="E34" s="10">
-        <v>1.8910592286324857</v>
+        <v>1.4134044598447417</v>
       </c>
       <c r="F34" s="10">
-        <v>1.4156732226915807</v>
+        <v>0.36229204371433354</v>
       </c>
       <c r="G34" s="10">
-        <v>5.9295</v>
+        <v>6.9994000000000005</v>
       </c>
       <c r="H34" s="10">
-        <v>5.4445000000000006</v>
+        <v>5.9488000000000003</v>
       </c>
       <c r="I34" s="10">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="J34" s="10">
         <v>4.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.4000000000000004</v>
       </c>
       <c r="K34" s="10">
         <v>4.3</v>
       </c>
       <c r="L34" s="10">
-        <v>3.4</v>
+        <v>3</v>
       </c>
       <c r="M34" s="10">
         <v>4.2</v>
       </c>
       <c r="N34" s="10">
-        <v>4.2</v>
+        <v>4.3</v>
       </c>
       <c r="O34" s="10">
-        <v>-6.9</v>
+        <v>-4.4000000000000004</v>
       </c>
       <c r="P34" s="10">
-        <v>-5</v>
+        <v>-1.1000000000000001</v>
       </c>
       <c r="Q34" s="10">
-        <v>-1.1000000000000001</v>
+        <v>-4.5999999999999996</v>
       </c>
       <c r="R34" s="10">
-        <v>-3.2</v>
+        <v>5.9</v>
       </c>
       <c r="S34" s="10">
-        <v>-5.3</v>
+        <v>0.1</v>
       </c>
       <c r="T34" s="10">
-        <v>0.8</v>
+        <v>-11.4</v>
       </c>
     </row>
     <row r="35" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A35" s="7" t="s">
         <v>42</v>
       </c>
       <c r="B35" s="11">
         <v>0.7</v>
       </c>
       <c r="C35" s="11">
         <v>0.7</v>
       </c>
       <c r="D35" s="11">
         <v>0.4</v>
       </c>
       <c r="E35" s="11">
-        <v>2.9280866735086732</v>
+        <v>2.5713552662657406</v>
       </c>
       <c r="F35" s="11">
-        <v>4.7993274004567326</v>
+        <v>4.0594217265020234</v>
       </c>
       <c r="G35" s="11">
-        <v>30.7043</v>
+        <v>32.675899999999999</v>
       </c>
       <c r="H35" s="11">
-        <v>35.963000000000001</v>
+        <v>37.297800000000002</v>
       </c>
       <c r="I35" s="11">
-        <v>6.4</v>
+        <v>6.3</v>
       </c>
       <c r="J35" s="11">
-        <v>6.2</v>
+        <v>5.9</v>
       </c>
       <c r="K35" s="11">
         <v>6</v>
       </c>
       <c r="L35" s="11">
-        <v>1.2</v>
+        <v>0.7</v>
       </c>
       <c r="M35" s="11">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="N35" s="11">
-        <v>1.6</v>
+        <v>1.8</v>
       </c>
       <c r="O35" s="11">
-        <v>-4.3</v>
+        <v>-4.7</v>
       </c>
       <c r="P35" s="11">
-        <v>-0.7</v>
+        <v>0.9</v>
       </c>
       <c r="Q35" s="11">
-        <v>0.9</v>
+        <v>-2.7</v>
       </c>
       <c r="R35" s="11">
-        <v>1.4</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>-1</v>
+      </c>
+      <c r="S35" s="11">
+        <v>0.7</v>
+      </c>
+      <c r="T35" s="34">
+        <v>-1.6</v>
       </c>
     </row>
     <row r="37" spans="1:20" ht="34.5" customHeight="1">
-      <c r="A37" s="64" t="s">
-[...20 lines deleted...]
-      <c r="T37" s="64"/>
+      <c r="A37" s="42" t="s">
+        <v>57</v>
+      </c>
+      <c r="B37" s="42"/>
+      <c r="C37" s="42"/>
+      <c r="D37" s="42"/>
+      <c r="E37" s="42"/>
+      <c r="F37" s="42"/>
+      <c r="G37" s="42"/>
+      <c r="H37" s="42"/>
+      <c r="I37" s="42"/>
+      <c r="J37" s="42"/>
+      <c r="K37" s="42"/>
+      <c r="L37" s="42"/>
+      <c r="M37" s="42"/>
+      <c r="N37" s="42"/>
+      <c r="O37" s="42"/>
+      <c r="P37" s="42"/>
+      <c r="Q37" s="42"/>
+      <c r="R37" s="42"/>
+      <c r="S37" s="42"/>
+      <c r="T37" s="42"/>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" s="18" t="s">
         <v>2</v>
       </c>
       <c r="B38" s="16"/>
       <c r="C38" s="16"/>
       <c r="D38" s="16"/>
       <c r="E38" s="21"/>
       <c r="F38" s="21"/>
       <c r="G38" s="21"/>
       <c r="H38" s="21"/>
       <c r="I38" s="21"/>
       <c r="J38" s="16"/>
       <c r="K38" s="16"/>
       <c r="L38" s="16"/>
       <c r="M38" s="16"/>
       <c r="N38" s="16"/>
       <c r="O38" s="16"/>
       <c r="P38" s="16"/>
       <c r="Q38" s="16"/>
       <c r="R38" s="25"/>
       <c r="S38" s="25"/>
       <c r="T38" s="25"/>
     </row>
     <row r="39" spans="1:20" ht="22.5" customHeight="1">
       <c r="A39" s="18" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B39" s="17"/>
       <c r="C39" s="17"/>
       <c r="D39" s="17"/>
       <c r="E39" s="21"/>
       <c r="F39" s="21"/>
       <c r="G39" s="21"/>
       <c r="H39" s="21"/>
       <c r="I39" s="21"/>
       <c r="J39" s="17"/>
       <c r="K39" s="17"/>
       <c r="L39" s="17"/>
       <c r="M39" s="17"/>
       <c r="N39" s="17"/>
       <c r="O39" s="17"/>
       <c r="P39" s="17"/>
       <c r="Q39" s="17"/>
       <c r="R39" s="25"/>
       <c r="S39" s="25"/>
       <c r="T39" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="25">
+    <mergeCell ref="M4:N4"/>
+    <mergeCell ref="B2:D3"/>
+    <mergeCell ref="E2:H2"/>
+    <mergeCell ref="P4:Q4"/>
+    <mergeCell ref="O4:O5"/>
+    <mergeCell ref="L4:L5"/>
+    <mergeCell ref="I2:K3"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="E4:G4"/>
     <mergeCell ref="A37:T37"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="G6:H6"/>
     <mergeCell ref="L6:T6"/>
     <mergeCell ref="A2:A6"/>
     <mergeCell ref="R2:T3"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="O2:Q3"/>
     <mergeCell ref="S4:T4"/>
     <mergeCell ref="R4:R5"/>
     <mergeCell ref="L2:N3"/>
     <mergeCell ref="I6:K6"/>
     <mergeCell ref="E5:H5"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:K4"/>
-    <mergeCell ref="M4:N4"/>
-[...7 lines deleted...]
-    <mergeCell ref="E4:G4"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="1.1811023622047245" top="0.78740157480314965" bottom="0.78740157480314965" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="69" orientation="landscape" horizontalDpi="4294967294" verticalDpi="4294967294" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Nazwane zakresy</vt:lpstr>
+        <vt:lpstr>Zakresy nazwane</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Podstawowe wskaźniki </vt:lpstr>
       <vt:lpstr>'Podstawowe wskaźniki '!Obszar_wydruku</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Podstawowe wskaźniki makroekonomiczne – Unia Europejska</dc:title>
   <dc:creator>Lisiak  Elżbieta</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>