--- v1 (2025-11-17)
+++ v2 (2026-02-20)
@@ -2,100 +2,115 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr codeName="Ten_skoroszyt"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\komorekj\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\VMFGUS09\os\wspolne\INFORMACJA\01. Sytuacja społ.-gosp. kraju 29.01.2026 r\6. Tablice_Eurostat\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="19440" windowHeight="8835"/>
   </bookViews>
   <sheets>
-    <sheet name="Podstawowe wskaźniki " sheetId="24" r:id="rId1"/>
+    <sheet name="część A" sheetId="24" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Podstawowe wskaźniki '!$A$1:$T$39</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'część A'!$A$1:$U$39</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="77">
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Podstawowe wskaźniki makroekonomiczne </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="13"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>–</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="13"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Unia Europejska</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">U w a g a. Przeliczeń danych dotyczących handlu zagranicznego w oparciu o dane zawarte w bazie Eurostatu dokonano w Departamencie Opracowań Statystycznych GUS. </t>
+    <t>10</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">04–06 </t>
+  </si>
+  <si>
+    <t>07–09</t>
+  </si>
+  <si>
+    <t>01–11</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Wyszczególnienie </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FF4D4D4D"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t>eksport</t>
   </si>
   <si>
     <t>import</t>
   </si>
   <si>
     <r>
@@ -353,155 +368,361 @@
   <si>
     <t xml:space="preserve">Rumunia </t>
   </si>
   <si>
     <t>Słowacja</t>
   </si>
   <si>
     <t xml:space="preserve">Szwecja </t>
   </si>
   <si>
     <t xml:space="preserve">Węgry </t>
   </si>
   <si>
     <t>Włochy</t>
   </si>
   <si>
     <t xml:space="preserve">PKB </t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Słowenia</t>
   </si>
   <si>
-    <t>2025</t>
+    <t xml:space="preserve">2025 (prognoza)
+</t>
   </si>
   <si>
     <r>
       <t>2025</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>d</t>
     </r>
-  </si>
-[...11 lines deleted...]
-      <t>4,2</t>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>11
+2024</t>
+  </si>
+  <si>
+    <t>12
+2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">U w a g a. Przeliczeń danych dotyczących handlu zagranicznego w oparciu o dane zawarte w bazie Eurostatu dokonano w Departamencie Analiz i Udostępniania Informacji GUS. </t>
+  </si>
+  <si>
+    <t>Ź r ó d ł o: "European Economic Forecast” – Autumn 2025, EUROSTAT – dane pobrano w dn. 20.01.2026 r.</t>
+  </si>
+  <si>
+    <r>
+      <t>3,6</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>e</t>
     </r>
   </si>
   <si>
     <r>
-      <t>-1,0</t>
+      <t>2,2</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>f</t>
     </r>
   </si>
   <si>
     <r>
-      <t>-0,2</t>
+      <t>2,3</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>g</t>
     </r>
   </si>
   <si>
     <r>
-      <t>2,5</t>
+      <t>0,2</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>e</t>
     </r>
   </si>
   <si>
     <r>
-      <t>6,4</t>
+      <t>-2,2</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>f</t>
     </r>
   </si>
   <si>
     <r>
-      <t>1,5</t>
+      <t>0,8</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>g</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>0,9</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>e</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>8,5</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>f</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>-1,1</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>g</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>0,6</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>e</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>-0,2</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>f</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>2,5</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>g</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>-2,0</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>e</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>1,3</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>f</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>-0,2</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>g</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>-3,8</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>e</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>2,8</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>f</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>-1,8</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>g</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">a Dane wyrównane sezonowo. </t>
     </r>
     <r>
       <rPr>
@@ -563,234 +784,51 @@
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>c Obejmuje sekcje: górnictwo i wydobywanie; przetwórstwo przemysłowe oraz wytwarzanie i zaopatrywanie w energię elektryczną, gaz, parę wodną i gorącą wodę.  d</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
-      <t>Dane wyrównane sezonowo oraz dniami roboczymi.  e  04–06 2024 r.  f  01–03 2025 r.  g  04–06 2025 r.</t>
-[...182 lines deleted...]
-      <t>g</t>
+      <t xml:space="preserve">Dane wyrównane sezonowo oraz dniami roboczymi.  e 07–09 2024 r.  f  04–06 2025 r.  g 07–09 2025 r.  </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0"/>
   </numFmts>
   <fonts count="42">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Czcionka tekstu podstawowego"/>
       <family val="2"/>
       <charset val="238"/>
@@ -1018,100 +1056,100 @@
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF4D4D4D"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Cambria"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
+      <vertAlign val="superscript"/>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
       <sz val="8"/>
       <color theme="2" tint="-0.749992370372631"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <color theme="2" tint="-0.749992370372631"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="2" tint="-0.749992370372631"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <color theme="2" tint="-0.749992370372631"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <color theme="2" tint="-0.749992370372631"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="2" tint="-0.749992370372631"/>
       <name val="Cambria"/>
       <family val="1"/>
-      <charset val="238"/>
-[...5 lines deleted...]
-      <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="36">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
@@ -1270,51 +1308,51 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="36">
+  <borders count="38">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
@@ -1574,50 +1612,63 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
@@ -1689,60 +1740,71 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="46">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="8" borderId="11" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="12" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="11" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="13" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="10" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="16" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -1750,51 +1812,51 @@
     <xf numFmtId="0" fontId="1" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="15" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="83">
+  <cellXfs count="87">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="26" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="26" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="27" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="28" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="28" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1" indent="1"/>
@@ -1809,219 +1871,231 @@
       <alignment horizontal="right" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="27" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="33" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="28" fillId="3" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="39" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="40" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="28" fillId="3" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="28" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="28" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="28" fillId="4" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="28" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="28" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
     <xf numFmtId="49" fontId="28" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="28" fillId="3" borderId="17" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="28" fillId="3" borderId="24" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="35" fillId="2" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="28" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="28" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...20 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="28" fillId="3" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="28" fillId="2" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="28" fillId="2" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="26" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="3" borderId="23" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...82 lines deleted...]
-    <xf numFmtId="49" fontId="28" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="46">
     <cellStyle name="20% — akcent 1" xfId="18" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% — akcent 2" xfId="22" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% — akcent 3" xfId="26" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% — akcent 4" xfId="30" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% — akcent 5" xfId="34" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% — akcent 6" xfId="38" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% — akcent 1" xfId="19" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% — akcent 2" xfId="23" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% — akcent 3" xfId="27" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% — akcent 4" xfId="31" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% — akcent 5" xfId="35" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% — akcent 6" xfId="39" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% — akcent 1" xfId="20" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% — akcent 2" xfId="24" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% — akcent 3" xfId="28" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% — akcent 4" xfId="32" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% — akcent 5" xfId="36" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% — akcent 6" xfId="40" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Akcent 1" xfId="17" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Akcent 2" xfId="21" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Akcent 3" xfId="25" builtinId="37" customBuiltin="1"/>
@@ -2322,2200 +2396,2301 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Arkusz1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U39"/>
+  <dimension ref="A1:V39"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="18.85546875" style="1" customWidth="1"/>
-    <col min="2" max="3" width="7.28515625" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="21" max="16384" width="9.140625" style="1"/>
+    <col min="2" max="2" width="7.28515625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="8.42578125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="7.28515625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.7109375" style="1" customWidth="1"/>
+    <col min="6" max="10" width="6.5703125" style="22" customWidth="1"/>
+    <col min="11" max="18" width="6.5703125" style="1" customWidth="1"/>
+    <col min="19" max="21" width="6.5703125" style="26" customWidth="1"/>
+    <col min="22" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="16.5" customHeight="1" thickBot="1">
+    <row r="1" spans="1:22" ht="16.5" customHeight="1" thickBot="1">
       <c r="A1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
-      <c r="E1" s="20"/>
+      <c r="E1" s="3"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
-      <c r="J1" s="3"/>
+      <c r="J1" s="20"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
-      <c r="R1" s="24"/>
+      <c r="R1" s="3"/>
       <c r="S1" s="24"/>
       <c r="T1" s="24"/>
+      <c r="U1" s="24"/>
     </row>
-    <row r="2" spans="1:21" s="2" customFormat="1" ht="26.1" customHeight="1">
-      <c r="A2" s="47" t="s">
+    <row r="2" spans="1:22" s="2" customFormat="1" ht="26.1" customHeight="1">
+      <c r="A2" s="79" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" s="57" t="s">
+        <v>48</v>
+      </c>
+      <c r="C2" s="58"/>
+      <c r="D2" s="54"/>
+      <c r="E2" s="54"/>
+      <c r="F2" s="60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" s="60"/>
+      <c r="H2" s="60"/>
+      <c r="I2" s="60"/>
+      <c r="J2" s="65" t="s">
+        <v>11</v>
+      </c>
+      <c r="K2" s="66"/>
+      <c r="L2" s="67"/>
+      <c r="M2" s="54" t="s">
+        <v>12</v>
+      </c>
+      <c r="N2" s="54"/>
+      <c r="O2" s="54"/>
+      <c r="P2" s="54" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q2" s="54"/>
+      <c r="R2" s="54"/>
+      <c r="S2" s="82" t="s">
+        <v>14</v>
+      </c>
+      <c r="T2" s="82"/>
+      <c r="U2" s="83"/>
+    </row>
+    <row r="3" spans="1:22" s="2" customFormat="1" ht="26.1" customHeight="1">
+      <c r="A3" s="80"/>
+      <c r="B3" s="56"/>
+      <c r="C3" s="59"/>
+      <c r="D3" s="55"/>
+      <c r="E3" s="55"/>
+      <c r="F3" s="19" t="s">
+        <v>9</v>
+      </c>
+      <c r="G3" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="H3" s="86" t="s">
+        <v>16</v>
+      </c>
+      <c r="I3" s="86"/>
+      <c r="J3" s="68"/>
+      <c r="K3" s="69"/>
+      <c r="L3" s="70"/>
+      <c r="M3" s="55"/>
+      <c r="N3" s="55"/>
+      <c r="O3" s="55"/>
+      <c r="P3" s="55"/>
+      <c r="Q3" s="55"/>
+      <c r="R3" s="55"/>
+      <c r="S3" s="84"/>
+      <c r="T3" s="84"/>
+      <c r="U3" s="85"/>
+      <c r="V3" s="41"/>
+    </row>
+    <row r="4" spans="1:22" s="2" customFormat="1" ht="26.1" customHeight="1">
+      <c r="A4" s="80"/>
+      <c r="B4" s="56">
+        <v>2024</v>
+      </c>
+      <c r="C4" s="74" t="s">
+        <v>51</v>
+      </c>
+      <c r="D4" s="72" t="s">
+        <v>52</v>
+      </c>
+      <c r="E4" s="73"/>
+      <c r="F4" s="61" t="s">
+        <v>53</v>
+      </c>
+      <c r="G4" s="62"/>
+      <c r="H4" s="63"/>
+      <c r="I4" s="33" t="s">
+        <v>49</v>
+      </c>
+      <c r="J4" s="52" t="s">
+        <v>54</v>
+      </c>
+      <c r="K4" s="50" t="s">
+        <v>53</v>
+      </c>
+      <c r="L4" s="71"/>
+      <c r="M4" s="52" t="s">
+        <v>55</v>
+      </c>
+      <c r="N4" s="50" t="s">
+        <v>53</v>
+      </c>
+      <c r="O4" s="71"/>
+      <c r="P4" s="52" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q4" s="50" t="s">
+        <v>53</v>
+      </c>
+      <c r="R4" s="71"/>
+      <c r="S4" s="52" t="s">
+        <v>54</v>
+      </c>
+      <c r="T4" s="50" t="s">
+        <v>53</v>
+      </c>
+      <c r="U4" s="51"/>
+      <c r="V4" s="41"/>
+    </row>
+    <row r="5" spans="1:22" s="2" customFormat="1" ht="26.1" customHeight="1">
+      <c r="A5" s="80"/>
+      <c r="B5" s="56"/>
+      <c r="C5" s="75"/>
+      <c r="D5" s="37" t="s">
+        <v>5</v>
+      </c>
+      <c r="E5" s="36" t="s">
+        <v>6</v>
+      </c>
+      <c r="F5" s="47" t="s">
+        <v>7</v>
+      </c>
+      <c r="G5" s="48"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="49"/>
+      <c r="J5" s="53"/>
+      <c r="K5" s="34" t="s">
+        <v>2</v>
+      </c>
+      <c r="L5" s="34" t="s">
         <v>3</v>
       </c>
-      <c r="B2" s="68" t="s">
-[...29 lines deleted...]
-      <c r="T2" s="51"/>
+      <c r="M5" s="53"/>
+      <c r="N5" s="34" t="s">
+        <v>3</v>
+      </c>
+      <c r="O5" s="34" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="53"/>
+      <c r="Q5" s="34" t="s">
+        <v>2</v>
+      </c>
+      <c r="R5" s="34" t="s">
+        <v>3</v>
+      </c>
+      <c r="S5" s="53"/>
+      <c r="T5" s="34" t="s">
+        <v>2</v>
+      </c>
+      <c r="U5" s="40" t="s">
+        <v>3</v>
+      </c>
+      <c r="V5" s="41"/>
     </row>
-    <row r="3" spans="1:21" s="2" customFormat="1" ht="26.1" customHeight="1">
-[...26 lines deleted...]
-      <c r="U3" s="29"/>
+    <row r="6" spans="1:22" s="2" customFormat="1" ht="26.1" customHeight="1" thickBot="1">
+      <c r="A6" s="81"/>
+      <c r="B6" s="76" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" s="46"/>
+      <c r="D6" s="77"/>
+      <c r="E6" s="77"/>
+      <c r="F6" s="77"/>
+      <c r="G6" s="77"/>
+      <c r="H6" s="78" t="s">
+        <v>18</v>
+      </c>
+      <c r="I6" s="78"/>
+      <c r="J6" s="44" t="s">
+        <v>19</v>
+      </c>
+      <c r="K6" s="45"/>
+      <c r="L6" s="46"/>
+      <c r="M6" s="77" t="s">
+        <v>17</v>
+      </c>
+      <c r="N6" s="77"/>
+      <c r="O6" s="77"/>
+      <c r="P6" s="77"/>
+      <c r="Q6" s="77"/>
+      <c r="R6" s="77"/>
+      <c r="S6" s="77"/>
+      <c r="T6" s="77"/>
+      <c r="U6" s="44"/>
     </row>
-    <row r="4" spans="1:21" s="2" customFormat="1" ht="26.1" customHeight="1">
-[...121 lines deleted...]
-    <row r="7" spans="1:21" s="2" customFormat="1" ht="15" customHeight="1">
+    <row r="7" spans="1:22" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="A7" s="5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B7" s="9">
         <v>1.1000000000000001</v>
       </c>
       <c r="C7" s="9">
+        <v>1.4</v>
+      </c>
+      <c r="D7" s="9">
         <v>1.7</v>
       </c>
-      <c r="D7" s="9">
+      <c r="E7" s="9">
         <v>1.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="F7" s="9" t="s">
         <v>0</v>
       </c>
       <c r="G7" s="9" t="s">
         <v>0</v>
       </c>
       <c r="H7" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="I7" s="9">
-        <v>5.9</v>
+      <c r="I7" s="9" t="s">
+        <v>0</v>
       </c>
       <c r="J7" s="9">
-        <v>5.9</v>
+        <v>5.8</v>
       </c>
       <c r="K7" s="9">
-        <v>5.9</v>
+        <v>6</v>
       </c>
       <c r="L7" s="9">
-        <v>2.1</v>
+        <v>6</v>
       </c>
       <c r="M7" s="9">
+        <v>2.7</v>
+      </c>
+      <c r="N7" s="9">
         <v>2.4</v>
       </c>
-      <c r="N7" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="O7" s="9">
-        <v>-0.5</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="P7" s="9">
-        <v>1.9</v>
+        <v>-1.7</v>
       </c>
       <c r="Q7" s="9">
-        <v>1.1000000000000001</v>
+        <v>1.7</v>
       </c>
       <c r="R7" s="9">
-        <v>0.7</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="S7" s="9">
-        <v>0.9</v>
+        <v>1.6</v>
       </c>
       <c r="T7" s="9">
-        <v>-0.9</v>
+        <v>1.4</v>
+      </c>
+      <c r="U7" s="9">
+        <v>-1.1000000000000001</v>
       </c>
     </row>
-    <row r="8" spans="1:21" s="2" customFormat="1" ht="14.25" customHeight="1">
+    <row r="8" spans="1:22" s="2" customFormat="1" ht="14.25" customHeight="1">
       <c r="A8" s="6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="B8" s="14">
         <v>0.9</v>
       </c>
       <c r="C8" s="14">
-        <v>1.6</v>
+        <v>1.3</v>
       </c>
       <c r="D8" s="14">
         <v>1.5</v>
       </c>
-      <c r="E8" s="14" t="s">
-        <v>0</v>
+      <c r="E8" s="14">
+        <v>1.4</v>
       </c>
       <c r="F8" s="14" t="s">
         <v>0</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>0</v>
       </c>
       <c r="H8" s="14" t="s">
         <v>0</v>
       </c>
-      <c r="I8" s="14">
-        <v>6.3</v>
+      <c r="I8" s="14" t="s">
+        <v>0</v>
       </c>
       <c r="J8" s="14">
         <v>6.2</v>
       </c>
       <c r="K8" s="14">
+        <v>6.4</v>
+      </c>
+      <c r="L8" s="14">
         <v>6.3</v>
       </c>
-      <c r="L8" s="14">
+      <c r="M8" s="14">
+        <v>2.4</v>
+      </c>
+      <c r="N8" s="14">
+        <v>2.1</v>
+      </c>
+      <c r="O8" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="P8" s="14">
+        <v>-2.1</v>
+      </c>
+      <c r="Q8" s="14">
         <v>1.7</v>
       </c>
-      <c r="M8" s="14">
-[...13 lines deleted...]
-      </c>
       <c r="R8" s="14">
-        <v>0.6</v>
+        <v>2.5</v>
       </c>
       <c r="S8" s="14">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
       <c r="T8" s="14">
-        <v>-0.1</v>
+        <v>1.7</v>
+      </c>
+      <c r="U8" s="14">
+        <v>-1.1000000000000001</v>
       </c>
     </row>
-    <row r="9" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="9" spans="1:22" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A9" s="7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="B9" s="11">
         <v>-0.7</v>
       </c>
       <c r="C9" s="11">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="D9" s="11">
         <v>0.5</v>
       </c>
       <c r="E9" s="11">
-        <v>-4.760463523794769</v>
+        <v>1</v>
       </c>
       <c r="F9" s="11">
-        <v>2.9205568712607146</v>
+        <v>-1.1580579698005238</v>
       </c>
       <c r="G9" s="11">
-        <v>-7.5031000000000008</v>
+        <v>2.8737229675025588</v>
       </c>
       <c r="H9" s="11">
-        <v>2.5731999999999999</v>
+        <v>-4.8079000000000001</v>
       </c>
       <c r="I9" s="11">
-        <v>5.3</v>
+        <v>2.5320999999999998</v>
       </c>
       <c r="J9" s="11">
-        <v>5.5</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="K9" s="11">
+        <v>5.7</v>
+      </c>
+      <c r="L9" s="11">
         <v>5.8</v>
       </c>
-      <c r="L9" s="11">
-[...1 lines deleted...]
-      </c>
       <c r="M9" s="11">
+        <v>2.1</v>
+      </c>
+      <c r="N9" s="11">
+        <v>4</v>
+      </c>
+      <c r="O9" s="11">
+        <v>3.8</v>
+      </c>
+      <c r="P9" s="11">
+        <v>-3.9</v>
+      </c>
+      <c r="Q9" s="11">
         <v>4.0999999999999996</v>
       </c>
-      <c r="N9" s="11">
-[...10 lines deleted...]
-      </c>
       <c r="R9" s="11">
-        <v>-0.8</v>
+        <v>1</v>
       </c>
       <c r="S9" s="11">
-        <v>2</v>
+        <v>-0.2</v>
       </c>
       <c r="T9" s="11">
-        <v>-1</v>
+        <v>-0.1</v>
+      </c>
+      <c r="U9" s="11">
+        <v>-2.1</v>
       </c>
     </row>
-    <row r="10" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="10" spans="1:22" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A10" s="8" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B10" s="10">
         <v>1.1000000000000001</v>
       </c>
       <c r="C10" s="10">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="D10" s="10">
         <v>1</v>
       </c>
       <c r="E10" s="10">
-        <v>2.0038473674898682</v>
+        <v>1</v>
       </c>
       <c r="F10" s="10">
-        <v>1.1153412696157687</v>
+        <v>-2.2124263763214884</v>
       </c>
       <c r="G10" s="10">
-        <v>15.238</v>
+        <v>-2.0472048825473195</v>
       </c>
       <c r="H10" s="10">
-        <v>12.178999999999998</v>
+        <v>23.728199999999998</v>
       </c>
       <c r="I10" s="10">
-        <v>5.7</v>
+        <v>25.022899999999996</v>
       </c>
       <c r="J10" s="10">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
       <c r="K10" s="10">
-        <v>5.8</v>
+        <v>6.4</v>
       </c>
       <c r="L10" s="10">
-        <v>4.3</v>
+        <v>6.4</v>
       </c>
       <c r="M10" s="10">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="N10" s="10">
         <v>2.6</v>
       </c>
-      <c r="N10" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="O10" s="10">
-        <v>3.1</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="P10" s="10">
+        <v>-2.1</v>
+      </c>
+      <c r="Q10" s="10">
+        <v>1.5</v>
+      </c>
+      <c r="R10" s="10">
+        <v>0.5</v>
+      </c>
+      <c r="S10" s="10">
+        <v>1.3</v>
+      </c>
+      <c r="T10" s="10">
+        <v>0.3</v>
+      </c>
+      <c r="U10" s="10">
         <v>-0.3</v>
       </c>
-      <c r="Q10" s="10">
-[...10 lines deleted...]
-      </c>
     </row>
-    <row r="11" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="11" spans="1:22" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A11" s="7" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B11" s="11">
         <v>3.4</v>
       </c>
       <c r="C11" s="11">
-        <v>3.6</v>
+        <v>3</v>
       </c>
       <c r="D11" s="11">
-        <v>3.5</v>
+        <v>3.4</v>
       </c>
       <c r="E11" s="11">
-        <v>-3.5026885426719758</v>
+        <v>3.2</v>
       </c>
       <c r="F11" s="11">
-        <v>4.6963897158989312</v>
+        <v>-3.8331939533541544</v>
       </c>
       <c r="G11" s="11">
-        <v>-5.9743000000000004</v>
+        <v>4.9230162371211037</v>
       </c>
       <c r="H11" s="11">
-        <v>-3.4340000000000002</v>
+        <v>-9.6148000000000007</v>
       </c>
       <c r="I11" s="11">
+        <v>-5.7508999999999997</v>
+      </c>
+      <c r="J11" s="11">
         <v>4</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.7</v>
       </c>
       <c r="K11" s="11">
         <v>3.6</v>
       </c>
       <c r="L11" s="11">
+        <v>3.5</v>
+      </c>
+      <c r="M11" s="11">
+        <v>2.1</v>
+      </c>
+      <c r="N11" s="11">
+        <v>3.7</v>
+      </c>
+      <c r="O11" s="11">
+        <v>3.5</v>
+      </c>
+      <c r="P11" s="11">
+        <v>2.4</v>
+      </c>
+      <c r="Q11" s="11">
+        <v>-7.5</v>
+      </c>
+      <c r="R11" s="11">
+        <v>-9.3000000000000007</v>
+      </c>
+      <c r="S11" s="11">
+        <v>1.6</v>
+      </c>
+      <c r="T11" s="11">
+        <v>-1</v>
+      </c>
+      <c r="U11" s="11">
         <v>1.5</v>
       </c>
-      <c r="M11" s="11">
-[...22 lines deleted...]
-      </c>
     </row>
-    <row r="12" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="12" spans="1:22" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A12" s="8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B12" s="10">
         <v>3.8</v>
       </c>
       <c r="C12" s="10">
-        <v>3.5</v>
+        <v>3.2</v>
       </c>
       <c r="D12" s="10">
-        <v>3.4</v>
+        <v>3.3</v>
       </c>
       <c r="E12" s="10">
-        <v>4.6329386159780057</v>
+        <v>2.6</v>
       </c>
       <c r="F12" s="10">
-        <v>2.8722903574098098</v>
+        <v>4.9528162313984865</v>
       </c>
       <c r="G12" s="10">
-        <v>-13.4771</v>
+        <v>3.2410590826917769</v>
       </c>
       <c r="H12" s="10">
-        <v>-13.366699999999998</v>
+        <v>-18.234299999999998</v>
       </c>
       <c r="I12" s="10">
+        <v>-18.0259</v>
+      </c>
+      <c r="J12" s="10">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.5999999999999996</v>
       </c>
       <c r="K12" s="10">
         <v>4.5999999999999996</v>
       </c>
       <c r="L12" s="10">
-        <v>3.1</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="M12" s="10">
-        <v>4.5999999999999996</v>
+        <v>4.5</v>
       </c>
       <c r="N12" s="10">
-        <v>4.5999999999999996</v>
+        <v>4.3</v>
       </c>
       <c r="O12" s="10">
-        <v>-1.9</v>
+        <v>3.8</v>
       </c>
       <c r="P12" s="10">
-        <v>-1</v>
+        <v>-6.3</v>
       </c>
       <c r="Q12" s="10">
-        <v>3</v>
+        <v>5.5</v>
       </c>
       <c r="R12" s="10">
-        <v>0.9</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="S12" s="10">
-        <v>3.5</v>
-[...1 lines deleted...]
-      <c r="T12" s="32" t="s">
+        <v>0.1</v>
+      </c>
+      <c r="T12" s="10">
+        <v>1.2</v>
+      </c>
+      <c r="U12" s="10" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="13" spans="1:22" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A13" s="7" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B13" s="11">
         <v>3.9</v>
       </c>
       <c r="C13" s="11">
-        <v>3.3</v>
+        <v>3.4</v>
       </c>
       <c r="D13" s="11">
         <v>3.6</v>
       </c>
       <c r="E13" s="11">
-        <v>42.553604723430652</v>
+        <v>3.6</v>
       </c>
       <c r="F13" s="11">
-        <v>16.101084922327928</v>
+        <v>4.2319353208691268</v>
       </c>
       <c r="G13" s="11">
-        <v>-5.2013999999999996</v>
+        <v>10.313285457809698</v>
       </c>
       <c r="H13" s="11">
-        <v>-5.0667</v>
+        <v>-7.3384000000000009</v>
       </c>
       <c r="I13" s="11">
-        <v>4.5999999999999996</v>
+        <v>-6.3904000000000005</v>
       </c>
       <c r="J13" s="11">
-        <v>5</v>
+        <v>4.7</v>
       </c>
       <c r="K13" s="11">
-        <v>5.0999999999999996</v>
+        <v>4.2</v>
       </c>
       <c r="L13" s="11">
-        <v>1.6</v>
+        <v>4.3</v>
       </c>
       <c r="M13" s="11">
-        <v>0</v>
+        <v>3.1</v>
       </c>
       <c r="N13" s="11">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="O13" s="11">
-        <v>1.6</v>
+        <v>0.1</v>
       </c>
       <c r="P13" s="11">
-        <v>1.6</v>
+        <v>-5</v>
       </c>
       <c r="Q13" s="11">
-        <v>2.4</v>
-[...8 lines deleted...]
-        <v>74</v>
+        <v>3.8</v>
+      </c>
+      <c r="R13" s="11">
+        <v>10.5</v>
+      </c>
+      <c r="S13" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="T13" s="27" t="s">
+        <v>59</v>
+      </c>
+      <c r="U13" s="38" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="14" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="14" spans="1:22" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A14" s="8" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B14" s="10">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="C14" s="10">
         <v>2.4</v>
       </c>
       <c r="D14" s="10">
         <v>2.6</v>
       </c>
       <c r="E14" s="10">
-        <v>2.5935740998279044</v>
+        <v>2.8</v>
       </c>
       <c r="F14" s="10">
-        <v>3.4583788498445074</v>
+        <v>2.7886380684200418</v>
       </c>
       <c r="G14" s="10">
-        <v>17.594200000000001</v>
+        <v>3.5388509911261394</v>
       </c>
       <c r="H14" s="10">
-        <v>18.336500000000001</v>
+        <v>24.827099999999998</v>
       </c>
       <c r="I14" s="10">
-        <v>2.5</v>
+        <v>25.608399999999996</v>
       </c>
       <c r="J14" s="10">
-        <v>2.8</v>
+        <v>2.6</v>
       </c>
       <c r="K14" s="10">
         <v>3.2</v>
       </c>
       <c r="L14" s="10">
-        <v>2.8</v>
+        <v>3.2</v>
       </c>
       <c r="M14" s="10">
-        <v>2.4</v>
+        <v>3.3</v>
       </c>
       <c r="N14" s="10">
-        <v>2</v>
+        <v>1.8</v>
       </c>
       <c r="O14" s="10">
         <v>1.8</v>
       </c>
       <c r="P14" s="10">
-        <v>1.8</v>
+        <v>-2.4</v>
       </c>
       <c r="Q14" s="10">
-        <v>-1.3</v>
-[...8 lines deleted...]
-        <v>2.2000000000000002</v>
+        <v>1</v>
+      </c>
+      <c r="R14" s="10">
+        <v>5.8</v>
+      </c>
+      <c r="S14" s="28">
+        <v>0.9</v>
+      </c>
+      <c r="T14" s="10">
+        <v>-0.4</v>
+      </c>
+      <c r="U14" s="10">
+        <v>-0.1</v>
       </c>
     </row>
-    <row r="15" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="15" spans="1:22" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A15" s="7" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B15" s="11">
         <v>3.5</v>
       </c>
       <c r="C15" s="11">
-        <v>2.4</v>
+        <v>2</v>
       </c>
       <c r="D15" s="11">
-        <v>1.6</v>
+        <v>2</v>
       </c>
       <c r="E15" s="11">
-        <v>5.9339096894490808</v>
+        <v>4</v>
       </c>
       <c r="F15" s="11">
-        <v>7.3262533824669163</v>
+        <v>6.3088199394912863</v>
       </c>
       <c r="G15" s="11">
-        <v>7.1997000000000009</v>
+        <v>6.2447566358286934</v>
       </c>
       <c r="H15" s="11">
-        <v>7.7628999999999992</v>
+        <v>10.071500000000002</v>
       </c>
       <c r="I15" s="11">
-        <v>6.2</v>
+        <v>9.4112999999999989</v>
       </c>
       <c r="J15" s="11">
-        <v>6.6</v>
+        <v>6.8</v>
       </c>
       <c r="K15" s="11">
         <v>6.4</v>
       </c>
       <c r="L15" s="11">
-        <v>1.2</v>
+        <v>6.1</v>
       </c>
       <c r="M15" s="11">
+        <v>1.8</v>
+      </c>
+      <c r="N15" s="11">
+        <v>2</v>
+      </c>
+      <c r="O15" s="11">
         <v>1.9</v>
       </c>
-      <c r="N15" s="11">
-[...4 lines deleted...]
-      </c>
       <c r="P15" s="11">
-        <v>-4.9000000000000004</v>
+        <v>0.7</v>
       </c>
       <c r="Q15" s="11">
-        <v>-5</v>
-[...4 lines deleted...]
-      <c r="S15" s="34">
         <v>1.1000000000000001</v>
       </c>
-      <c r="T15" s="34">
-        <v>0.3</v>
+      <c r="R15" s="11">
+        <v>-1</v>
+      </c>
+      <c r="S15" s="29">
+        <v>-0.4</v>
+      </c>
+      <c r="T15" s="11">
+        <v>0.4</v>
+      </c>
+      <c r="U15" s="11">
+        <v>-0.1</v>
       </c>
     </row>
-    <row r="16" spans="1:21" s="2" customFormat="1" ht="15" customHeight="1">
+    <row r="16" spans="1:22" s="2" customFormat="1" ht="15" customHeight="1">
       <c r="A16" s="8" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B16" s="10">
         <v>-0.1</v>
       </c>
       <c r="C16" s="10">
-        <v>-0.3</v>
+        <v>0.6</v>
       </c>
       <c r="D16" s="10">
-        <v>0.5</v>
+        <v>0.3</v>
       </c>
       <c r="E16" s="10">
-        <v>7.3068155713805965</v>
+        <v>0.9</v>
       </c>
       <c r="F16" s="10">
-        <v>8.5620116283375722</v>
+        <v>6.2172289314371483</v>
       </c>
       <c r="G16" s="10">
-        <v>-2.5123999999999995</v>
+        <v>8.2108120334765999</v>
       </c>
       <c r="H16" s="10">
-        <v>-2.1833</v>
+        <v>-3.5345999999999997</v>
       </c>
       <c r="I16" s="10">
-        <v>7.7</v>
+        <v>-2.9708999999999994</v>
       </c>
       <c r="J16" s="10">
-        <v>8</v>
+        <v>7.5</v>
       </c>
       <c r="K16" s="10">
-        <v>8.1999999999999993</v>
+        <v>6.9</v>
       </c>
       <c r="L16" s="10">
-        <v>3.2</v>
+        <v>6.9</v>
       </c>
       <c r="M16" s="10">
-        <v>6.2</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="N16" s="10">
-        <v>5.3</v>
+        <v>4.7</v>
       </c>
       <c r="O16" s="10">
-        <v>-5</v>
+        <v>4</v>
       </c>
       <c r="P16" s="10">
-        <v>0.7</v>
+        <v>1.5</v>
       </c>
       <c r="Q16" s="10">
-        <v>1.1000000000000001</v>
-[...7 lines deleted...]
-      <c r="T16" s="37" t="s">
+        <v>-1.2</v>
+      </c>
+      <c r="R16" s="10">
+        <v>3.4</v>
+      </c>
+      <c r="S16" s="30" t="s">
         <v>61</v>
       </c>
+      <c r="T16" s="30" t="s">
+        <v>62</v>
+      </c>
+      <c r="U16" s="30" t="s">
+        <v>63</v>
+      </c>
     </row>
-    <row r="17" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="17" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A17" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B17" s="11">
         <v>0.4</v>
       </c>
       <c r="C17" s="11">
-        <v>1</v>
+        <v>0.1</v>
       </c>
       <c r="D17" s="11">
-        <v>0.2</v>
+        <v>0.4</v>
       </c>
       <c r="E17" s="11">
-        <v>4.0071808409053489</v>
+        <v>-0.7</v>
       </c>
       <c r="F17" s="11">
-        <v>-1.2163482392239331</v>
+        <v>3.3434917081950175</v>
       </c>
       <c r="G17" s="11">
-        <v>0.27790000000000009</v>
+        <v>0.30807255006544665</v>
       </c>
       <c r="H17" s="11">
-        <v>-2.2107999999999999</v>
+        <v>-0.50149999999999995</v>
       </c>
       <c r="I17" s="11">
-        <v>8.1999999999999993</v>
+        <v>-2.5006999999999997</v>
       </c>
       <c r="J17" s="11">
-        <v>10</v>
+        <v>8.8000000000000007</v>
       </c>
       <c r="K17" s="11">
-        <v>10.1</v>
+        <v>10.4</v>
       </c>
       <c r="L17" s="11">
-        <v>1</v>
+        <v>10.6</v>
       </c>
       <c r="M17" s="11">
+        <v>1.6</v>
+      </c>
+      <c r="N17" s="11">
+        <v>1.5</v>
+      </c>
+      <c r="O17" s="11">
+        <v>1.7</v>
+      </c>
+      <c r="P17" s="11">
         <v>2.2000000000000002</v>
       </c>
-      <c r="N17" s="11">
-[...7 lines deleted...]
-      </c>
       <c r="Q17" s="11">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="R17" s="11">
+        <v>2</v>
+      </c>
+      <c r="S17" s="11">
+        <v>-1.9</v>
+      </c>
+      <c r="T17" s="11">
         <v>-0.2</v>
       </c>
-      <c r="R17" s="34">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="U17" s="11">
+        <v>2.2999999999999998</v>
       </c>
     </row>
-    <row r="18" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="18" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A18" s="8" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B18" s="10">
         <v>1.2</v>
       </c>
       <c r="C18" s="10">
-        <v>0.6</v>
+        <v>0.7</v>
       </c>
       <c r="D18" s="10">
+        <v>0.7</v>
+      </c>
+      <c r="E18" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="F18" s="10">
+        <v>1.4686352527810413</v>
+      </c>
+      <c r="G18" s="10">
+        <v>-0.5938392456555448</v>
+      </c>
+      <c r="H18" s="10">
+        <v>-86.806699999999992</v>
+      </c>
+      <c r="I18" s="10">
+        <v>-98.570399999999992</v>
+      </c>
+      <c r="J18" s="10">
+        <v>7.3</v>
+      </c>
+      <c r="K18" s="10">
+        <v>7.7</v>
+      </c>
+      <c r="L18" s="10">
+        <v>7.7</v>
+      </c>
+      <c r="M18" s="10">
+        <v>1.8</v>
+      </c>
+      <c r="N18" s="10">
         <v>0.8</v>
       </c>
-      <c r="E18" s="10">
-[...28 lines deleted...]
-      </c>
       <c r="O18" s="10">
-        <v>1.1000000000000001</v>
+        <v>0.7</v>
       </c>
       <c r="P18" s="10">
-        <v>1.9</v>
+        <v>-0.8</v>
       </c>
       <c r="Q18" s="10">
-        <v>0.5</v>
-[...8 lines deleted...]
-        <v>1.2</v>
+        <v>1.6</v>
+      </c>
+      <c r="R18" s="10">
+        <v>2</v>
+      </c>
+      <c r="S18" s="10">
+        <v>2.8</v>
+      </c>
+      <c r="T18" s="10">
+        <v>-0.7</v>
+      </c>
+      <c r="U18" s="10">
+        <v>-1</v>
       </c>
     </row>
-    <row r="19" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="19" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A19" s="7" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B19" s="11">
         <v>2.1</v>
       </c>
       <c r="C19" s="11">
-        <v>2.2000000000000002</v>
+        <v>2.1</v>
       </c>
       <c r="D19" s="11">
-        <v>1.7</v>
+        <v>1.6</v>
       </c>
       <c r="E19" s="11">
-        <v>-5.7004661970119628</v>
+        <v>2</v>
       </c>
       <c r="F19" s="11">
-        <v>-4.1884488685190462</v>
+        <v>-3.3511962180912604</v>
       </c>
       <c r="G19" s="11">
-        <v>-21.698499999999999</v>
+        <v>-4.8680712588160731</v>
       </c>
       <c r="H19" s="11">
-        <v>-22.114800000000002</v>
+        <v>-29.8688</v>
       </c>
       <c r="I19" s="11">
+        <v>-32.1297</v>
+      </c>
+      <c r="J19" s="11">
         <v>9.6999999999999993</v>
       </c>
-      <c r="J19" s="11">
-[...1 lines deleted...]
-      </c>
       <c r="K19" s="11">
-        <v>8.1</v>
+        <v>8.6</v>
       </c>
       <c r="L19" s="11">
-        <v>3.1</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="M19" s="11">
-        <v>3.1</v>
+        <v>2.9</v>
       </c>
       <c r="N19" s="11">
-        <v>1.8</v>
+        <v>2.8</v>
       </c>
       <c r="O19" s="11">
-        <v>3.6</v>
+        <v>2.9</v>
       </c>
       <c r="P19" s="11">
-        <v>-0.4</v>
+        <v>3.2</v>
       </c>
       <c r="Q19" s="11">
-        <v>-2.7</v>
-[...7 lines deleted...]
-      <c r="T19" s="36" t="s">
+        <v>6.9</v>
+      </c>
+      <c r="R19" s="11">
+        <v>2.8</v>
+      </c>
+      <c r="S19" s="27" t="s">
         <v>64</v>
       </c>
+      <c r="T19" s="27" t="s">
+        <v>65</v>
+      </c>
+      <c r="U19" s="27" t="s">
+        <v>66</v>
+      </c>
     </row>
-    <row r="20" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="20" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A20" s="8" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B20" s="10">
         <v>3.5</v>
       </c>
       <c r="C20" s="10">
+        <v>2.9</v>
+      </c>
+      <c r="D20" s="10">
+        <v>2.9</v>
+      </c>
+      <c r="E20" s="10">
+        <v>2.8</v>
+      </c>
+      <c r="F20" s="10">
+        <v>0.54469619362433264</v>
+      </c>
+      <c r="G20" s="10">
+        <v>4.3748979798640306</v>
+      </c>
+      <c r="H20" s="10">
+        <v>-54.545000000000009</v>
+      </c>
+      <c r="I20" s="10">
+        <v>-38.986600000000003</v>
+      </c>
+      <c r="J20" s="10">
+        <v>10.7</v>
+      </c>
+      <c r="K20" s="10">
+        <v>10.5</v>
+      </c>
+      <c r="L20" s="10">
+        <v>10.4</v>
+      </c>
+      <c r="M20" s="10">
+        <v>2.8</v>
+      </c>
+      <c r="N20" s="10">
         <v>3.2</v>
       </c>
-      <c r="D20" s="10">
-[...29 lines deleted...]
-      <c r="N20" s="10">
+      <c r="O20" s="10">
         <v>3</v>
       </c>
-      <c r="O20" s="10">
-[...1 lines deleted...]
-      </c>
       <c r="P20" s="10">
-        <v>2.5</v>
+        <v>-0.8</v>
       </c>
       <c r="Q20" s="10">
-        <v>3.2</v>
-[...8 lines deleted...]
-        <v>0.3</v>
+        <v>1.3</v>
+      </c>
+      <c r="R20" s="10">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="S20" s="10">
+        <v>1.2</v>
+      </c>
+      <c r="T20" s="10">
+        <v>0.9</v>
+      </c>
+      <c r="U20" s="10">
+        <v>-1.1000000000000001</v>
       </c>
     </row>
-    <row r="21" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="21" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A21" s="7" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B21" s="11">
         <v>1.1000000000000001</v>
       </c>
       <c r="C21" s="11">
+        <v>1.7</v>
+      </c>
+      <c r="D21" s="11">
+        <v>1.7</v>
+      </c>
+      <c r="E21" s="11">
+        <v>1.6</v>
+      </c>
+      <c r="F21" s="11">
+        <v>2.6428892528323757</v>
+      </c>
+      <c r="G21" s="11">
+        <v>1.6228647161640737</v>
+      </c>
+      <c r="H21" s="11">
+        <v>97.906899999999993</v>
+      </c>
+      <c r="I21" s="11">
+        <v>88.490100000000012</v>
+      </c>
+      <c r="J21" s="11">
+        <v>3.7</v>
+      </c>
+      <c r="K21" s="11">
+        <v>4</v>
+      </c>
+      <c r="L21" s="11">
+        <v>4</v>
+      </c>
+      <c r="M21" s="11">
+        <v>3.9</v>
+      </c>
+      <c r="N21" s="11">
+        <v>2.6</v>
+      </c>
+      <c r="O21" s="11">
         <v>2.5</v>
       </c>
-      <c r="D21" s="11">
-[...34 lines deleted...]
-      </c>
       <c r="P21" s="11">
-        <v>-0.1</v>
+        <v>1.3</v>
       </c>
       <c r="Q21" s="11">
-        <v>1.6</v>
-[...8 lines deleted...]
-        <v>0.6</v>
+        <v>3.6</v>
+      </c>
+      <c r="R21" s="11">
+        <v>2.1</v>
+      </c>
+      <c r="S21" s="11">
+        <v>0.8</v>
+      </c>
+      <c r="T21" s="11">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="U21" s="11">
+        <v>-0.5</v>
       </c>
     </row>
-    <row r="22" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="22" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A22" s="8" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B22" s="13">
         <v>2.6</v>
       </c>
       <c r="C22" s="13">
-        <v>18.3</v>
+        <v>10.7</v>
       </c>
       <c r="D22" s="13">
-        <v>18</v>
+        <v>18.100000000000001</v>
       </c>
       <c r="E22" s="13">
-        <v>28.911493684919265</v>
+        <v>10.9</v>
       </c>
       <c r="F22" s="13">
-        <v>5.7067282633902749</v>
+        <v>18.35933802493129</v>
       </c>
       <c r="G22" s="13">
-        <v>92.113799999999983</v>
+        <v>5.110132013391663</v>
       </c>
       <c r="H22" s="13">
-        <v>55.77600000000001</v>
+        <v>117.5204</v>
       </c>
       <c r="I22" s="13">
-        <v>4.0999999999999996</v>
+        <v>85.705799999999982</v>
       </c>
       <c r="J22" s="13">
-        <v>4.8</v>
+        <v>4.3</v>
       </c>
       <c r="K22" s="13">
-        <v>4.7</v>
+        <v>5</v>
       </c>
       <c r="L22" s="13">
+        <v>5</v>
+      </c>
+      <c r="M22" s="13">
+        <v>1</v>
+      </c>
+      <c r="N22" s="13">
+        <v>3.1</v>
+      </c>
+      <c r="O22" s="13">
+        <v>2.7</v>
+      </c>
+      <c r="P22" s="13">
+        <v>-5</v>
+      </c>
+      <c r="Q22" s="13">
+        <v>5.2</v>
+      </c>
+      <c r="R22" s="13">
+        <v>10.6</v>
+      </c>
+      <c r="S22" s="42" t="s">
         <v>0</v>
       </c>
-      <c r="M22" s="13">
-[...14 lines deleted...]
-      <c r="R22" s="35" t="s">
+      <c r="T22" s="42" t="s">
         <v>0</v>
       </c>
-      <c r="S22" s="35" t="s">
+      <c r="U22" s="42" t="s">
         <v>0</v>
       </c>
-      <c r="T22" s="35" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="23" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="23" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A23" s="7" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B23" s="12">
         <v>3</v>
       </c>
       <c r="C23" s="12">
-        <v>3</v>
+        <v>2.4</v>
       </c>
       <c r="D23" s="12">
         <v>3.2</v>
       </c>
       <c r="E23" s="12">
-        <v>-1.1952077666107357</v>
+        <v>2.1</v>
       </c>
       <c r="F23" s="12">
-        <v>4.5112206081339821</v>
+        <v>-0.82716548583883309</v>
       </c>
       <c r="G23" s="12">
-        <v>-4.3923000000000005</v>
+        <v>4.4483060946990634</v>
       </c>
       <c r="H23" s="12">
-        <v>-2.8617999999999997</v>
+        <v>-5.9435999999999991</v>
       </c>
       <c r="I23" s="12">
-        <v>7.5</v>
+        <v>-3.9668000000000001</v>
       </c>
       <c r="J23" s="12">
-        <v>7.1</v>
+        <v>6.5</v>
       </c>
       <c r="K23" s="12">
-        <v>7</v>
+        <v>6.5</v>
       </c>
       <c r="L23" s="12">
-        <v>0.4</v>
+        <v>6.7</v>
       </c>
       <c r="M23" s="12">
+        <v>1.9</v>
+      </c>
+      <c r="N23" s="12">
         <v>3.6</v>
       </c>
-      <c r="N23" s="12">
-[...1 lines deleted...]
-      </c>
       <c r="O23" s="12">
-        <v>5.5</v>
+        <v>3.2</v>
       </c>
       <c r="P23" s="12">
-        <v>0.7</v>
+        <v>5.2</v>
       </c>
       <c r="Q23" s="12">
-        <v>0.1</v>
-[...8 lines deleted...]
-        <v>53</v>
+        <v>1.9</v>
+      </c>
+      <c r="R23" s="12">
+        <v>3.1</v>
+      </c>
+      <c r="S23" s="32" t="s">
+        <v>67</v>
+      </c>
+      <c r="T23" s="32" t="s">
+        <v>68</v>
+      </c>
+      <c r="U23" s="32" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="24" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="24" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A24" s="8" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B24" s="13">
         <v>0.4</v>
       </c>
       <c r="C24" s="13">
-        <v>-1.9</v>
+        <v>0.9</v>
       </c>
       <c r="D24" s="13">
-        <v>-0.2</v>
+        <v>-0.7</v>
       </c>
       <c r="E24" s="13">
-        <v>1.2662005032972985</v>
+        <v>2.7</v>
       </c>
       <c r="F24" s="13">
-        <v>2.6768917224080155</v>
+        <v>6.9397066655152031</v>
       </c>
       <c r="G24" s="13">
-        <v>-5.5377999999999998</v>
+        <v>4.0163379560174093</v>
       </c>
       <c r="H24" s="13">
-        <v>-5.2550999999999997</v>
+        <v>-7.8814000000000011</v>
       </c>
       <c r="I24" s="13">
-        <v>6.5</v>
+        <v>-7.968</v>
       </c>
       <c r="J24" s="13">
         <v>6.6</v>
       </c>
       <c r="K24" s="13">
-        <v>6.5</v>
+        <v>6.6</v>
       </c>
       <c r="L24" s="13">
-        <v>0.8</v>
+        <v>6.9</v>
       </c>
       <c r="M24" s="13">
-        <v>2.8</v>
+        <v>1.6</v>
       </c>
       <c r="N24" s="13">
-        <v>3.1</v>
+        <v>3.6</v>
       </c>
       <c r="O24" s="13">
-        <v>-10.3</v>
+        <v>3.3</v>
       </c>
       <c r="P24" s="13">
-        <v>-3.3</v>
+        <v>-2.2000000000000002</v>
       </c>
       <c r="Q24" s="13">
-        <v>9.5</v>
-[...7 lines deleted...]
-      <c r="T24" s="32" t="s">
+        <v>3.5</v>
+      </c>
+      <c r="R24" s="13">
+        <v>-3.6</v>
+      </c>
+      <c r="S24" s="10">
+        <v>-0.5</v>
+      </c>
+      <c r="T24" s="10">
+        <v>2.7</v>
+      </c>
+      <c r="U24" s="10" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="25" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A25" s="7" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B25" s="12">
         <v>0</v>
       </c>
       <c r="C25" s="12">
-        <v>1.4</v>
+        <v>1</v>
       </c>
       <c r="D25" s="12">
-        <v>1.1000000000000001</v>
+        <v>1.5</v>
       </c>
       <c r="E25" s="12">
-        <v>2.6076772312252103</v>
+        <v>1.8</v>
       </c>
       <c r="F25" s="12">
-        <v>5.8715698255749516</v>
+        <v>2.5645398779981861</v>
       </c>
       <c r="G25" s="12">
-        <v>-2.3684000000000003</v>
+        <v>6.5447205123732175</v>
       </c>
       <c r="H25" s="12">
-        <v>-1.8503000000000003</v>
+        <v>-3.3354999999999997</v>
       </c>
       <c r="I25" s="12">
+        <v>-2.4737000000000005</v>
+      </c>
+      <c r="J25" s="12">
+        <v>7</v>
+      </c>
+      <c r="K25" s="12">
+        <v>7.1</v>
+      </c>
+      <c r="L25" s="12">
+        <v>7.1</v>
+      </c>
+      <c r="M25" s="12">
+        <v>3.4</v>
+      </c>
+      <c r="N25" s="12">
+        <v>3.8</v>
+      </c>
+      <c r="O25" s="12">
+        <v>3.4</v>
+      </c>
+      <c r="P25" s="12">
+        <v>-4.4000000000000004</v>
+      </c>
+      <c r="Q25" s="12">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="R25" s="12">
         <v>6.9</v>
       </c>
-      <c r="J25" s="12">
-[...30 lines deleted...]
-        <v>56</v>
+      <c r="S25" s="32" t="s">
+        <v>70</v>
+      </c>
+      <c r="T25" s="32" t="s">
+        <v>71</v>
+      </c>
+      <c r="U25" s="32" t="s">
+        <v>72</v>
       </c>
     </row>
-    <row r="26" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="26" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A26" s="8" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B26" s="13">
-        <v>6.8</v>
+        <v>7</v>
       </c>
       <c r="C26" s="13">
-        <v>4.8</v>
+        <v>4</v>
       </c>
       <c r="D26" s="13">
-        <v>2.2999999999999998</v>
+        <v>2.4</v>
       </c>
       <c r="E26" s="13">
-        <v>-9.8642450076448966</v>
+        <v>2.7</v>
       </c>
       <c r="F26" s="13">
-        <v>-8.909885863068439</v>
+        <v>-5.5764391562334907</v>
       </c>
       <c r="G26" s="13">
-        <v>-3.6173000000000002</v>
+        <v>-7.079613095238102</v>
       </c>
       <c r="H26" s="13">
-        <v>-3.9488000000000003</v>
+        <v>-4.4538000000000002</v>
       </c>
       <c r="I26" s="13">
-        <v>3.1</v>
+        <v>-4.8456000000000001</v>
       </c>
       <c r="J26" s="13">
-        <v>2.9</v>
+        <v>3</v>
       </c>
       <c r="K26" s="13">
         <v>2.9</v>
       </c>
       <c r="L26" s="13">
-        <v>2.1</v>
+        <v>3.1</v>
       </c>
       <c r="M26" s="13">
-        <v>2.7</v>
+        <v>1.8</v>
       </c>
       <c r="N26" s="13">
+        <v>2.5</v>
+      </c>
+      <c r="O26" s="13">
         <v>2.4</v>
       </c>
-      <c r="O26" s="13">
-[...1 lines deleted...]
-      </c>
       <c r="P26" s="13">
-        <v>3.2</v>
+        <v>13.9</v>
       </c>
       <c r="Q26" s="13">
-        <v>4.9000000000000004</v>
-[...8 lines deleted...]
-        <v>67</v>
+        <v>0.2</v>
+      </c>
+      <c r="R26" s="13">
+        <v>-8.1999999999999993</v>
+      </c>
+      <c r="S26" s="43" t="s">
+        <v>73</v>
+      </c>
+      <c r="T26" s="31" t="s">
+        <v>74</v>
+      </c>
+      <c r="U26" s="35" t="s">
+        <v>75</v>
       </c>
     </row>
-    <row r="27" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="27" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A27" s="7" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B27" s="12">
         <v>-0.5</v>
       </c>
       <c r="C27" s="12">
         <v>0.2</v>
       </c>
       <c r="D27" s="12">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="E27" s="12">
-        <v>-0.94111338239237341</v>
+        <v>0.3</v>
       </c>
       <c r="F27" s="12">
-        <v>3.3108794472406089</v>
+        <v>0.44958926524479637</v>
       </c>
       <c r="G27" s="12">
-        <v>133.29670000000002</v>
+        <v>4.2440521333380161</v>
       </c>
       <c r="H27" s="12">
-        <v>172.0813</v>
+        <v>182.4913</v>
       </c>
       <c r="I27" s="12">
+        <v>227.37380000000002</v>
+      </c>
+      <c r="J27" s="12">
         <v>3.4</v>
       </c>
-      <c r="J27" s="12">
-[...1 lines deleted...]
-      </c>
       <c r="K27" s="12">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="L27" s="12">
-        <v>1.8</v>
+        <v>3.8</v>
       </c>
       <c r="M27" s="12">
-        <v>2.1</v>
+        <v>2.8</v>
       </c>
       <c r="N27" s="12">
-        <v>2.4</v>
+        <v>2.6</v>
       </c>
       <c r="O27" s="12">
-        <v>-3.4</v>
+        <v>2</v>
       </c>
       <c r="P27" s="12">
-        <v>2.1</v>
+        <v>-2.8</v>
       </c>
       <c r="Q27" s="12">
-        <v>-4.5999999999999996</v>
+        <v>1</v>
       </c>
       <c r="R27" s="12">
-        <v>-0.1</v>
+        <v>1</v>
       </c>
       <c r="S27" s="12">
-        <v>0.1</v>
+        <v>0.5</v>
       </c>
       <c r="T27" s="12">
-        <v>0.6</v>
+        <v>4</v>
+      </c>
+      <c r="U27" s="12">
+        <v>-0.8</v>
       </c>
     </row>
-    <row r="28" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="28" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A28" s="6" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B28" s="15">
         <v>3</v>
       </c>
       <c r="C28" s="15">
-        <v>3.7</v>
+        <v>3.2</v>
       </c>
       <c r="D28" s="15">
-        <v>2.9</v>
+        <v>3</v>
       </c>
       <c r="E28" s="15">
-        <v>1.7828572215878751</v>
+        <v>3.8</v>
       </c>
       <c r="F28" s="15">
-        <v>4.8362179684793034</v>
+        <v>2.7879271324724044</v>
       </c>
       <c r="G28" s="15">
-        <v>-5.0534999999999997</v>
+        <v>5.0753312805579895</v>
       </c>
       <c r="H28" s="15">
-        <v>1.9441000000000002</v>
+        <v>-5.4739999999999993</v>
       </c>
       <c r="I28" s="15">
-        <v>3</v>
+        <v>1.9133</v>
       </c>
       <c r="J28" s="15">
-        <v>3.1</v>
+        <v>2.8</v>
       </c>
       <c r="K28" s="15">
         <v>3.2</v>
       </c>
       <c r="L28" s="15">
-        <v>4.2</v>
+        <v>3.2</v>
       </c>
       <c r="M28" s="15">
-        <v>2.7</v>
+        <v>3.9</v>
       </c>
       <c r="N28" s="15">
-        <v>2.9</v>
+        <v>2.6</v>
       </c>
       <c r="O28" s="15">
-        <v>-0.5</v>
+        <v>2.5</v>
       </c>
       <c r="P28" s="15">
-        <v>3.1</v>
+        <v>0.8</v>
       </c>
       <c r="Q28" s="15">
-        <v>2.4</v>
+        <v>3.5</v>
       </c>
       <c r="R28" s="15">
-        <v>-0.2</v>
+        <v>-0.6</v>
       </c>
       <c r="S28" s="15">
-        <v>-1.4</v>
+        <v>3</v>
       </c>
       <c r="T28" s="15">
-        <v>-4</v>
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="U28" s="15">
+        <v>-0.9</v>
       </c>
     </row>
-    <row r="29" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="29" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A29" s="7" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B29" s="11">
         <v>2.1</v>
       </c>
       <c r="C29" s="11">
-        <v>1.7</v>
+        <v>1.9</v>
       </c>
       <c r="D29" s="11">
         <v>1.8</v>
       </c>
       <c r="E29" s="11">
-        <v>0.44508562320494605</v>
+        <v>2.4</v>
       </c>
       <c r="F29" s="11">
-        <v>5.9594731884977108</v>
+        <v>0.62171072840087049</v>
       </c>
       <c r="G29" s="11">
-        <v>-21.238900000000001</v>
+        <v>4.311401674914066</v>
       </c>
       <c r="H29" s="11">
-        <v>-17.292300000000001</v>
+        <v>-29.0794</v>
       </c>
       <c r="I29" s="11">
-        <v>6.3</v>
+        <v>-25.287200000000002</v>
       </c>
       <c r="J29" s="11">
-        <v>6</v>
+        <v>6.6</v>
       </c>
       <c r="K29" s="11">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
       <c r="L29" s="11">
-        <v>2.6</v>
+        <v>5.7</v>
       </c>
       <c r="M29" s="11">
-        <v>2.5</v>
+        <v>3.1</v>
       </c>
       <c r="N29" s="11">
-        <v>1.9</v>
+        <v>2.1</v>
       </c>
       <c r="O29" s="11">
-        <v>-1.1000000000000001</v>
+        <v>2.4</v>
       </c>
       <c r="P29" s="11">
-        <v>1.8</v>
+        <v>-2</v>
       </c>
       <c r="Q29" s="11">
-        <v>1.8</v>
+        <v>-0.6</v>
       </c>
       <c r="R29" s="11">
-        <v>-0.1</v>
+        <v>0.5</v>
       </c>
       <c r="S29" s="11">
-        <v>-0.8</v>
+        <v>-3.5</v>
       </c>
       <c r="T29" s="11">
-        <v>1.1000000000000001</v>
+        <v>3.5</v>
+      </c>
+      <c r="U29" s="11">
+        <v>-2.5</v>
       </c>
     </row>
-    <row r="30" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="30" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A30" s="8" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="B30" s="10">
         <v>0.9</v>
       </c>
       <c r="C30" s="10">
         <v>0.7</v>
       </c>
       <c r="D30" s="10">
-        <v>2.2999999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="E30" s="10">
-        <v>3.546941640123066</v>
+        <v>1.5</v>
       </c>
       <c r="F30" s="10">
-        <v>3.8387446981946312</v>
+        <v>3.7908256838109651</v>
       </c>
       <c r="G30" s="10">
-        <v>-21.927499999999998</v>
+        <v>2.4990383018346733</v>
       </c>
       <c r="H30" s="10">
-        <v>-20.945100000000004</v>
+        <v>-29.746400000000001</v>
       </c>
       <c r="I30" s="10">
-        <v>5.7</v>
+        <v>-30.106000000000005</v>
       </c>
       <c r="J30" s="10">
-        <v>5.8</v>
+        <v>5.6</v>
       </c>
       <c r="K30" s="10">
         <v>5.9</v>
       </c>
       <c r="L30" s="10">
-        <v>4.8</v>
+        <v>6</v>
       </c>
       <c r="M30" s="10">
-        <v>8.5</v>
+        <v>5.5</v>
       </c>
       <c r="N30" s="10">
         <v>8.6</v>
       </c>
       <c r="O30" s="10">
-        <v>-2</v>
+        <v>8.6</v>
       </c>
       <c r="P30" s="10">
-        <v>2.7</v>
+        <v>-0.7</v>
       </c>
       <c r="Q30" s="10">
-        <v>-1.1000000000000001</v>
+        <v>0.5</v>
       </c>
       <c r="R30" s="10">
-        <v>4</v>
+        <v>-0.8</v>
       </c>
       <c r="S30" s="10">
-        <v>26.2</v>
+        <v>5.4</v>
       </c>
       <c r="T30" s="10">
-        <v>-26.2</v>
+        <v>-2.9</v>
+      </c>
+      <c r="U30" s="10">
+        <v>-5.8</v>
       </c>
     </row>
-    <row r="31" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="31" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A31" s="7" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B31" s="23">
         <v>1.9</v>
       </c>
       <c r="C31" s="23">
         <v>0.8</v>
       </c>
       <c r="D31" s="23">
         <v>0.7</v>
       </c>
-      <c r="E31" s="11">
-        <v>3.5938185918531644</v>
+      <c r="E31" s="23">
+        <v>0.8</v>
       </c>
       <c r="F31" s="11">
-        <v>4.1257005934438382</v>
+        <v>3.2792547487012627</v>
       </c>
       <c r="G31" s="11">
-        <v>1.4654</v>
+        <v>2.9792008124811673</v>
       </c>
       <c r="H31" s="11">
-        <v>1.7633999999999996</v>
+        <v>2.7879000000000005</v>
       </c>
       <c r="I31" s="11">
-        <v>5.3</v>
+        <v>2.4176999999999995</v>
       </c>
       <c r="J31" s="11">
-        <v>5.4</v>
+        <v>5.2</v>
       </c>
       <c r="K31" s="11">
-        <v>5.4</v>
+        <v>5.6</v>
       </c>
       <c r="L31" s="11">
-        <v>2.9</v>
+        <v>5.6</v>
       </c>
       <c r="M31" s="11">
-        <v>4.4000000000000004</v>
+        <v>3.2</v>
       </c>
       <c r="N31" s="11">
-        <v>4.5999999999999996</v>
+        <v>3.9</v>
       </c>
       <c r="O31" s="11">
-        <v>2.1</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="P31" s="11">
-        <v>-4.7</v>
+        <v>1.2</v>
       </c>
       <c r="Q31" s="11">
-        <v>-6.3</v>
+        <v>-3.7</v>
       </c>
       <c r="R31" s="11">
-        <v>-4.0999999999999996</v>
+        <v>-4.5</v>
       </c>
       <c r="S31" s="11">
-        <v>-1.4</v>
+        <v>4.5</v>
       </c>
       <c r="T31" s="11">
-        <v>0.5</v>
+        <v>-3.5</v>
+      </c>
+      <c r="U31" s="11">
+        <v>3.5</v>
       </c>
     </row>
-    <row r="32" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="32" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A32" s="8" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B32" s="10">
         <v>1.7</v>
       </c>
       <c r="C32" s="10">
-        <v>-0.6</v>
+        <v>1</v>
       </c>
       <c r="D32" s="10">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="E32" s="10">
-        <v>24.160404108608475</v>
+        <v>1.6</v>
       </c>
       <c r="F32" s="10">
-        <v>13.329891328012764</v>
+        <v>18.002698330258923</v>
       </c>
       <c r="G32" s="10">
-        <v>3.4494999999999996</v>
+        <v>5.4142650541804045</v>
       </c>
       <c r="H32" s="10">
-        <v>-1.4284000000000001</v>
+        <v>3.6257999999999986</v>
       </c>
       <c r="I32" s="10">
-        <v>4.2</v>
+        <v>-4.5621999999999998</v>
       </c>
       <c r="J32" s="10">
-        <v>2.9</v>
+        <v>3.5</v>
       </c>
       <c r="K32" s="10">
-        <v>2.9</v>
+        <v>4.7</v>
       </c>
       <c r="L32" s="10">
-        <v>0.7</v>
+        <v>5</v>
       </c>
       <c r="M32" s="10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N32" s="10">
-        <v>2.7</v>
+        <v>2.4</v>
       </c>
       <c r="O32" s="10">
-        <v>6.1</v>
+        <v>2.6</v>
       </c>
       <c r="P32" s="10">
+        <v>-1.9</v>
+      </c>
+      <c r="Q32" s="10">
+        <v>-3</v>
+      </c>
+      <c r="R32" s="10">
+        <v>-0.9</v>
+      </c>
+      <c r="S32" s="10">
+        <v>15.6</v>
+      </c>
+      <c r="T32" s="10">
+        <v>5.7</v>
+      </c>
+      <c r="U32" s="10">
+        <v>-6.2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
+      <c r="A33" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B33" s="11">
+        <v>0.9</v>
+      </c>
+      <c r="C33" s="11">
+        <v>1.5</v>
+      </c>
+      <c r="D33" s="11">
+        <v>2</v>
+      </c>
+      <c r="E33" s="11">
+        <v>2.5</v>
+      </c>
+      <c r="F33" s="11">
+        <v>1.7791776623818834</v>
+      </c>
+      <c r="G33" s="11">
+        <v>1.3305122171631893</v>
+      </c>
+      <c r="H33" s="11">
+        <v>6.1782000000000004</v>
+      </c>
+      <c r="I33" s="11">
+        <v>5.3583000000000007</v>
+      </c>
+      <c r="J33" s="11">
+        <v>8.4</v>
+      </c>
+      <c r="K33" s="11">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="L33" s="11">
+        <v>9.1</v>
+      </c>
+      <c r="M33" s="11">
+        <v>1.6</v>
+      </c>
+      <c r="N33" s="11">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="O33" s="11">
+        <v>2.1</v>
+      </c>
+      <c r="P33" s="11">
         <v>0.5</v>
       </c>
-      <c r="Q32" s="10">
+      <c r="Q33" s="11">
+        <v>5.6</v>
+      </c>
+      <c r="R33" s="11">
+        <v>3.8</v>
+      </c>
+      <c r="S33" s="11">
+        <v>1.3</v>
+      </c>
+      <c r="T33" s="11">
+        <v>-0.9</v>
+      </c>
+      <c r="U33" s="11">
         <v>-0.1</v>
       </c>
-      <c r="R32" s="10">
-[...7 lines deleted...]
-      </c>
     </row>
-    <row r="33" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
-[...61 lines deleted...]
-    <row r="34" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="34" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A34" s="8" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B34" s="10">
         <v>0.6</v>
       </c>
       <c r="C34" s="10">
-        <v>-0.3</v>
+        <v>0.4</v>
       </c>
       <c r="D34" s="10">
-        <v>0.3</v>
+        <v>0.2</v>
       </c>
       <c r="E34" s="10">
-        <v>1.4134044598447417</v>
+        <v>0.6</v>
       </c>
       <c r="F34" s="10">
-        <v>0.36229204371433354</v>
+        <v>1.2286449801076458</v>
       </c>
       <c r="G34" s="10">
-        <v>6.9994000000000005</v>
+        <v>1.3638594386582668</v>
       </c>
       <c r="H34" s="10">
-        <v>5.9488000000000003</v>
+        <v>8.2943000000000016</v>
       </c>
       <c r="I34" s="10">
+        <v>8.3651</v>
+      </c>
+      <c r="J34" s="10">
+        <v>4.5</v>
+      </c>
+      <c r="K34" s="10">
+        <v>4.5</v>
+      </c>
+      <c r="L34" s="10">
         <v>4.4000000000000004</v>
       </c>
-      <c r="J34" s="10">
-[...7 lines deleted...]
-      </c>
       <c r="M34" s="10">
-        <v>4.2</v>
+        <v>4.8</v>
       </c>
       <c r="N34" s="10">
-        <v>4.3</v>
+        <v>3.7</v>
       </c>
       <c r="O34" s="10">
-        <v>-4.4000000000000004</v>
+        <v>3.3</v>
       </c>
       <c r="P34" s="10">
         <v>-1.1000000000000001</v>
       </c>
       <c r="Q34" s="10">
-        <v>-4.5999999999999996</v>
+        <v>-2.7</v>
       </c>
       <c r="R34" s="10">
-        <v>5.9</v>
+        <v>-5.5</v>
       </c>
       <c r="S34" s="10">
-        <v>0.1</v>
+        <v>4.5</v>
       </c>
       <c r="T34" s="10">
-        <v>-11.4</v>
+        <v>-2.1</v>
+      </c>
+      <c r="U34" s="10">
+        <v>-7.3</v>
       </c>
     </row>
-    <row r="35" spans="1:20" s="2" customFormat="1" ht="14.1" customHeight="1">
+    <row r="35" spans="1:21" s="2" customFormat="1" ht="14.1" customHeight="1">
       <c r="A35" s="7" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B35" s="11">
         <v>0.7</v>
       </c>
       <c r="C35" s="11">
-        <v>0.7</v>
+        <v>0.4</v>
       </c>
       <c r="D35" s="11">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="E35" s="11">
-        <v>2.5713552662657406</v>
+        <v>0.6</v>
       </c>
       <c r="F35" s="11">
-        <v>4.0594217265020234</v>
+        <v>3.1245678101795278</v>
       </c>
       <c r="G35" s="11">
-        <v>32.675899999999999</v>
+        <v>3.0789949678235331</v>
       </c>
       <c r="H35" s="11">
-        <v>37.297800000000002</v>
+        <v>44.730299999999993</v>
       </c>
       <c r="I35" s="11">
-        <v>6.3</v>
+        <v>43.14050000000001</v>
       </c>
       <c r="J35" s="11">
-        <v>5.9</v>
+        <v>6.2</v>
       </c>
       <c r="K35" s="11">
-        <v>6</v>
+        <v>5.8</v>
       </c>
       <c r="L35" s="11">
-        <v>0.7</v>
+        <v>5.7</v>
       </c>
       <c r="M35" s="11">
-        <v>1.6</v>
+        <v>1.4</v>
       </c>
       <c r="N35" s="11">
-        <v>1.8</v>
+        <v>1.1000000000000001</v>
       </c>
       <c r="O35" s="11">
-        <v>-4.7</v>
+        <v>1.2</v>
       </c>
       <c r="P35" s="11">
-        <v>0.9</v>
+        <v>-1.9</v>
       </c>
       <c r="Q35" s="11">
-        <v>-2.7</v>
+        <v>-0.2</v>
       </c>
       <c r="R35" s="11">
-        <v>-1</v>
+        <v>1.4</v>
       </c>
       <c r="S35" s="11">
-        <v>0.7</v>
-[...2 lines deleted...]
-        <v>-1.6</v>
+        <v>1.5</v>
+      </c>
+      <c r="T35" s="11">
+        <v>-0.1</v>
+      </c>
+      <c r="U35" s="11" t="s">
+        <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:20" ht="34.5" customHeight="1">
-[...21 lines deleted...]
-      <c r="T37" s="42"/>
+    <row r="37" spans="1:21" ht="34.5" customHeight="1">
+      <c r="A37" s="64" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" s="64"/>
+      <c r="C37" s="64"/>
+      <c r="D37" s="64"/>
+      <c r="E37" s="64"/>
+      <c r="F37" s="64"/>
+      <c r="G37" s="64"/>
+      <c r="H37" s="64"/>
+      <c r="I37" s="64"/>
+      <c r="J37" s="64"/>
+      <c r="K37" s="64"/>
+      <c r="L37" s="64"/>
+      <c r="M37" s="64"/>
+      <c r="N37" s="64"/>
+      <c r="O37" s="64"/>
+      <c r="P37" s="64"/>
+      <c r="Q37" s="64"/>
+      <c r="R37" s="64"/>
+      <c r="S37" s="64"/>
+      <c r="T37" s="64"/>
+      <c r="U37" s="64"/>
     </row>
-    <row r="38" spans="1:20">
+    <row r="38" spans="1:21">
       <c r="A38" s="18" t="s">
-        <v>2</v>
+        <v>56</v>
       </c>
       <c r="B38" s="16"/>
-      <c r="C38" s="16"/>
+      <c r="C38" s="39"/>
       <c r="D38" s="16"/>
-      <c r="E38" s="21"/>
+      <c r="E38" s="16"/>
       <c r="F38" s="21"/>
       <c r="G38" s="21"/>
       <c r="H38" s="21"/>
       <c r="I38" s="21"/>
-      <c r="J38" s="16"/>
+      <c r="J38" s="21"/>
       <c r="K38" s="16"/>
       <c r="L38" s="16"/>
       <c r="M38" s="16"/>
       <c r="N38" s="16"/>
       <c r="O38" s="16"/>
       <c r="P38" s="16"/>
       <c r="Q38" s="16"/>
-      <c r="R38" s="25"/>
+      <c r="R38" s="16"/>
       <c r="S38" s="25"/>
       <c r="T38" s="25"/>
+      <c r="U38" s="25"/>
     </row>
-    <row r="39" spans="1:20" ht="22.5" customHeight="1">
+    <row r="39" spans="1:21" ht="22.5" customHeight="1">
       <c r="A39" s="18" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="B39" s="17"/>
-      <c r="C39" s="17"/>
+      <c r="C39" s="39"/>
       <c r="D39" s="17"/>
-      <c r="E39" s="21"/>
+      <c r="E39" s="17"/>
       <c r="F39" s="21"/>
       <c r="G39" s="21"/>
       <c r="H39" s="21"/>
       <c r="I39" s="21"/>
-      <c r="J39" s="17"/>
+      <c r="J39" s="21"/>
       <c r="K39" s="17"/>
       <c r="L39" s="17"/>
       <c r="M39" s="17"/>
       <c r="N39" s="17"/>
       <c r="O39" s="17"/>
       <c r="P39" s="17"/>
       <c r="Q39" s="17"/>
-      <c r="R39" s="25"/>
+      <c r="R39" s="17"/>
       <c r="S39" s="25"/>
       <c r="T39" s="25"/>
+      <c r="U39" s="25"/>
     </row>
   </sheetData>
-  <mergeCells count="25">
-[...12 lines deleted...]
-    <mergeCell ref="L6:T6"/>
+  <mergeCells count="26">
+    <mergeCell ref="A37:U37"/>
+    <mergeCell ref="J2:L3"/>
+    <mergeCell ref="M4:M5"/>
+    <mergeCell ref="J4:J5"/>
+    <mergeCell ref="P4:P5"/>
+    <mergeCell ref="K4:L4"/>
+    <mergeCell ref="Q4:R4"/>
+    <mergeCell ref="N4:O4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="C4:C5"/>
+    <mergeCell ref="B6:G6"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="M6:U6"/>
     <mergeCell ref="A2:A6"/>
-    <mergeCell ref="R2:T3"/>
-    <mergeCell ref="G3:H3"/>
+    <mergeCell ref="S2:U3"/>
+    <mergeCell ref="H3:I3"/>
     <mergeCell ref="B4:B5"/>
-    <mergeCell ref="O2:Q3"/>
-[...6 lines deleted...]
-    <mergeCell ref="J4:K4"/>
+    <mergeCell ref="P2:R3"/>
+    <mergeCell ref="B2:E3"/>
+    <mergeCell ref="F2:I2"/>
+    <mergeCell ref="F4:H4"/>
+    <mergeCell ref="J6:L6"/>
+    <mergeCell ref="F5:I5"/>
+    <mergeCell ref="T4:U4"/>
+    <mergeCell ref="S4:S5"/>
+    <mergeCell ref="M2:O3"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="1.1811023622047245" top="0.78740157480314965" bottom="0.78740157480314965" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="69" orientation="landscape" horizontalDpi="4294967294" verticalDpi="4294967294" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Zakresy nazwane</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Podstawowe wskaźniki </vt:lpstr>
-      <vt:lpstr>'Podstawowe wskaźniki '!Obszar_wydruku</vt:lpstr>
+      <vt:lpstr>część A</vt:lpstr>
+      <vt:lpstr>'część A'!Obszar_wydruku</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Podstawowe wskaźniki makroekonomiczne – Unia Europejska</dc:title>
   <dc:creator>Lisiak  Elżbieta</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>